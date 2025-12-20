--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2036">
   <si>
     <t>Spisak radnih mesta u anketi o platama</t>
   </si>
   <si>
     <t>www.plata.ba</t>
   </si>
   <si>
     <t>Ažurirano u</t>
   </si>
   <si>
-    <t>11/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>Broj pozicija</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ba</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ba</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ba</t>
   </si>
   <si>
     <t>Administration</t>
   </si>