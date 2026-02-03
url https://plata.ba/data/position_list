--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2036">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2039">
   <si>
     <t>Spisak radnih mesta u anketi o platama</t>
   </si>
   <si>
     <t>www.plata.ba</t>
   </si>
   <si>
     <t>Ažurirano u</t>
   </si>
   <si>
-    <t>12/2025</t>
+    <t>02/2026</t>
   </si>
   <si>
     <t>Broj pozicija</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ba</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ba</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ba</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -1876,50 +1876,61 @@
     <t>Radnik u kladionici</t>
   </si>
   <si>
     <t>* Conducting betting transactions and managing cash handling procedures.
 * Assisting customers with placing bets and providing information on betting options.
 * Communicating effectively with clients to enhance customer experience and address inquiries.
 * Maintaining cleanliness and organization of the betting area and equipment.
 * Monitoring and reporting any irregularities or discrepancies in betting operations.
 * Ensuring compliance with relevant regulations and company policies.
 * Processing payments and managing cash registers accurately.
 * Providing support during promotional events and special betting occasions.
 * Collaborating with team members to achieve operational goals and improve service quality.
 * Keeping up-to-date with sports events and betting trends to inform clients.</t>
   </si>
   <si>
     <t>* Obavljati klađerske transakcije i upravljati postupcima rukovanja gotovinom.
 * Pomoći klijentima pri klađenju i pružati informacije o klađerskim opcijama.
 * Komunikovati efektivno sa klijentima kako bi se poboljšao njihov doživljaj i riješile upiti.
 * Održavati čistoću i organizaciju klađerske zone i opreme.
 * Prikazivati i izvještavati o bilo kakvim nepravilnostima ili razlikama u klađerskim operacijama.
 * Osigurati usklađenost s relevantnim propisima i politiku kompanije.
 * Obraditi plaćanja i upravljati kasovnim aparatima tačno.
 * Prilikom promotivnih događaja i posebnih klađerskih prilika pružati podršku.
 * Surađivati s članovima tima kako bi se postigli operativni ciljevi i poboljšala kvaliteta usluge.
 * Pratiti sportske događaje i trendove klađenja kako bi se klijenti obavijestili.</t>
+  </si>
+  <si>
+    <t>Bookmaker</t>
+  </si>
+  <si>
+    <t>* Creating, announcing and suspending betting opportunities.
+* Editing the announced rates when necessary.</t>
+  </si>
+  <si>
+    <t>* Kreiranje, objavljivanje i obustavljanje mogućnosti klađenja.
+* Uređivanje objavljenih stopa po potrebi.</t>
   </si>
   <si>
     <t>Car salesman</t>
   </si>
   <si>
     <t>Prodavac automobila</t>
   </si>
   <si>
     <t>* Engaging with customers to understand their automotive needs and preferences.
 * Demonstrating vehicle features and benefits to potential buyers.
 * Providing information on financing options, warranties, and after-sales services.
 * Building and maintaining relationships with customers to encourage repeat business.
 * Negotiating sales agreements and closing deals effectively.
 * Keeping up-to-date with industry trends, product knowledge, and market conditions.
 * Collaborating with the sales team to meet and exceed sales targets.
 * Conducting follow-up calls and emails to ensure customer satisfaction post-sale.
 * Maintaining accurate records of sales activities and customer interactions.
 * Participating in promotional events and marketing campaigns to attract new customers.
 * Ensuring compliance with company policies and legal regulations in all sales transactions.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
     <t>* Komunikacija sa kupcima kako bi se razumjeli njihovi potrebe i preferencije vezane za automobile.
 * Prezentiranje karakteristika i prednosti vozila potencijalnim kupcima.
 * Pružanje informacija o opcijama finansiranja, garancijama i uslugama nakon prodaje.
@@ -13149,88 +13160,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F532"/>
+  <dimension ref="A1:F533"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F532"/>
+      <selection activeCell="E6" sqref="E6:F533"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -14680,9117 +14691,9137 @@
       </c>
       <c r="C78" t="s">
         <v>306</v>
       </c>
       <c r="D78" t="s">
         <v>307</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>301</v>
       </c>
       <c r="B79" t="s">
         <v>302</v>
       </c>
       <c r="C79" t="s">
         <v>310</v>
       </c>
       <c r="D79" t="s">
+        <v>310</v>
+      </c>
+      <c r="E79" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="F79" s="2" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>301</v>
       </c>
       <c r="B80" t="s">
         <v>302</v>
       </c>
       <c r="C80" t="s">
+        <v>313</v>
+      </c>
+      <c r="D80" t="s">
         <v>314</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>301</v>
       </c>
       <c r="B81" t="s">
         <v>302</v>
       </c>
       <c r="C81" t="s">
+        <v>317</v>
+      </c>
+      <c r="D81" t="s">
         <v>318</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="E81" s="2" t="s">
+      <c r="F81" s="2" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>301</v>
       </c>
       <c r="B82" t="s">
         <v>302</v>
       </c>
       <c r="C82" t="s">
+        <v>321</v>
+      </c>
+      <c r="D82" t="s">
         <v>322</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="F82" s="2" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>301</v>
       </c>
       <c r="B83" t="s">
         <v>302</v>
       </c>
       <c r="C83" t="s">
+        <v>325</v>
+      </c>
+      <c r="D83" t="s">
         <v>326</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="F83" s="2" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>301</v>
       </c>
       <c r="B84" t="s">
         <v>302</v>
       </c>
       <c r="C84" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="D84" t="s">
         <v>330</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>301</v>
       </c>
       <c r="B85" t="s">
         <v>302</v>
       </c>
       <c r="C85" t="s">
         <v>333</v>
       </c>
       <c r="D85" t="s">
+        <v>333</v>
+      </c>
+      <c r="E85" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>301</v>
       </c>
       <c r="B86" t="s">
         <v>302</v>
       </c>
       <c r="C86" t="s">
+        <v>336</v>
+      </c>
+      <c r="D86" t="s">
         <v>337</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>301</v>
       </c>
       <c r="B87" t="s">
         <v>302</v>
       </c>
       <c r="C87" t="s">
+        <v>340</v>
+      </c>
+      <c r="D87" t="s">
         <v>341</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>301</v>
       </c>
       <c r="B88" t="s">
         <v>302</v>
       </c>
       <c r="C88" t="s">
+        <v>344</v>
+      </c>
+      <c r="D88" t="s">
         <v>345</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>301</v>
       </c>
       <c r="B89" t="s">
         <v>302</v>
       </c>
       <c r="C89" t="s">
+        <v>348</v>
+      </c>
+      <c r="D89" t="s">
         <v>349</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>301</v>
       </c>
       <c r="B90" t="s">
         <v>302</v>
       </c>
       <c r="C90" t="s">
+        <v>352</v>
+      </c>
+      <c r="D90" t="s">
         <v>353</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="F90" s="2" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>301</v>
       </c>
       <c r="B91" t="s">
         <v>302</v>
       </c>
       <c r="C91" t="s">
+        <v>356</v>
+      </c>
+      <c r="D91" t="s">
         <v>357</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>301</v>
       </c>
       <c r="B92" t="s">
         <v>302</v>
       </c>
       <c r="C92" t="s">
+        <v>360</v>
+      </c>
+      <c r="D92" t="s">
         <v>361</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>301</v>
       </c>
       <c r="B93" t="s">
         <v>302</v>
       </c>
       <c r="C93" t="s">
+        <v>364</v>
+      </c>
+      <c r="D93" t="s">
         <v>365</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>301</v>
       </c>
       <c r="B94" t="s">
         <v>302</v>
       </c>
       <c r="C94" t="s">
+        <v>368</v>
+      </c>
+      <c r="D94" t="s">
         <v>369</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>301</v>
       </c>
       <c r="B95" t="s">
         <v>302</v>
       </c>
       <c r="C95" t="s">
+        <v>372</v>
+      </c>
+      <c r="D95" t="s">
         <v>373</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="F95" s="2" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>301</v>
       </c>
       <c r="B96" t="s">
         <v>302</v>
       </c>
       <c r="C96" t="s">
+        <v>376</v>
+      </c>
+      <c r="D96" t="s">
         <v>377</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>301</v>
       </c>
       <c r="B97" t="s">
         <v>302</v>
       </c>
       <c r="C97" t="s">
+        <v>380</v>
+      </c>
+      <c r="D97" t="s">
         <v>381</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
+        <v>301</v>
+      </c>
+      <c r="B98" t="s">
+        <v>302</v>
+      </c>
+      <c r="C98" t="s">
+        <v>384</v>
+      </c>
+      <c r="D98" t="s">
         <v>385</v>
       </c>
-      <c r="B98" t="s">
+      <c r="E98" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="C98" t="s">
+      <c r="F98" s="2" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B99" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C99" t="s">
+        <v>390</v>
+      </c>
+      <c r="D99" t="s">
         <v>391</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="F99" s="2" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B100" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C100" t="s">
+        <v>394</v>
+      </c>
+      <c r="D100" t="s">
         <v>395</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B101" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C101" t="s">
+        <v>398</v>
+      </c>
+      <c r="D101" t="s">
         <v>399</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B102" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C102" t="s">
+        <v>402</v>
+      </c>
+      <c r="D102" t="s">
         <v>403</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="F102" s="2" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B103" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C103" t="s">
+        <v>406</v>
+      </c>
+      <c r="D103" t="s">
         <v>407</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="F103" s="2" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B104" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C104" t="s">
+        <v>410</v>
+      </c>
+      <c r="D104" t="s">
         <v>411</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B105" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C105" t="s">
+        <v>414</v>
+      </c>
+      <c r="D105" t="s">
         <v>415</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B106" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C106" t="s">
+        <v>418</v>
+      </c>
+      <c r="D106" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B107" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C107" t="s">
-        <v>259</v>
+        <v>422</v>
       </c>
       <c r="D107" t="s">
         <v>260</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B108" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C108" t="s">
-        <v>424</v>
+        <v>259</v>
       </c>
       <c r="D108" t="s">
+        <v>260</v>
+      </c>
+      <c r="E108" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="F108" s="2" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B109" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C109" t="s">
+        <v>427</v>
+      </c>
+      <c r="D109" t="s">
         <v>428</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B110" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C110" t="s">
+        <v>431</v>
+      </c>
+      <c r="D110" t="s">
         <v>432</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B111" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C111" t="s">
+        <v>435</v>
+      </c>
+      <c r="D111" t="s">
         <v>436</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" s="2" t="s">
         <v>437</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="F111" s="2" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B112" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C112" t="s">
+        <v>439</v>
+      </c>
+      <c r="D112" t="s">
         <v>440</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="F112" s="2" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B113" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C113" t="s">
+        <v>443</v>
+      </c>
+      <c r="D113" t="s">
         <v>444</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="E113" s="2" t="s">
+      <c r="F113" s="2" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B114" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C114" t="s">
+        <v>447</v>
+      </c>
+      <c r="D114" t="s">
         <v>448</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="F114" s="2" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B115" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C115" t="s">
+        <v>451</v>
+      </c>
+      <c r="D115" t="s">
         <v>452</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="E115" s="2" t="s">
+      <c r="F115" s="2" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B116" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C116" t="s">
+        <v>455</v>
+      </c>
+      <c r="D116" t="s">
         <v>456</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="E116" s="2" t="s">
+      <c r="F116" s="2" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B117" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C117" t="s">
+        <v>459</v>
+      </c>
+      <c r="D117" t="s">
         <v>460</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B118" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C118" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D118" t="s">
         <v>464</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B119" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C119" t="s">
         <v>467</v>
       </c>
       <c r="D119" t="s">
+        <v>467</v>
+      </c>
+      <c r="E119" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B120" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C120" t="s">
+        <v>470</v>
+      </c>
+      <c r="D120" t="s">
         <v>471</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B121" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C121" t="s">
+        <v>474</v>
+      </c>
+      <c r="D121" t="s">
         <v>475</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="E121" s="2" t="s">
+      <c r="F121" s="2" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B122" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C122" t="s">
+        <v>478</v>
+      </c>
+      <c r="D122" t="s">
         <v>479</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B123" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C123" t="s">
+        <v>482</v>
+      </c>
+      <c r="D123" t="s">
         <v>483</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>388</v>
+      </c>
+      <c r="B124" t="s">
+        <v>389</v>
+      </c>
+      <c r="C124" t="s">
+        <v>486</v>
+      </c>
+      <c r="D124" t="s">
         <v>487</v>
       </c>
-      <c r="B124" t="s">
+      <c r="E124" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="C124" t="s">
+      <c r="F124" s="2" t="s">
         <v>489</v>
-      </c>
-[...7 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B125" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C125" t="s">
         <v>492</v>
       </c>
       <c r="D125" t="s">
+        <v>492</v>
+      </c>
+      <c r="E125" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B126" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C126" t="s">
+        <v>495</v>
+      </c>
+      <c r="D126" t="s">
         <v>496</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F126" s="2" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
+        <v>490</v>
+      </c>
+      <c r="B127" t="s">
+        <v>491</v>
+      </c>
+      <c r="C127" t="s">
+        <v>499</v>
+      </c>
+      <c r="D127" t="s">
         <v>500</v>
       </c>
-      <c r="B127" t="s">
+      <c r="E127" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="C127" t="s">
+      <c r="F127" s="2" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B128" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C128" t="s">
+        <v>505</v>
+      </c>
+      <c r="D128" t="s">
         <v>506</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" s="2" t="s">
         <v>507</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="F128" s="2" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B129" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C129" t="s">
+        <v>509</v>
+      </c>
+      <c r="D129" t="s">
         <v>510</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="F129" s="2" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B130" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C130" t="s">
+        <v>513</v>
+      </c>
+      <c r="D130" t="s">
         <v>514</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="F130" s="2" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B131" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C131" t="s">
+        <v>517</v>
+      </c>
+      <c r="D131" t="s">
         <v>518</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="F131" s="2" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B132" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C132" t="s">
+        <v>521</v>
+      </c>
+      <c r="D132" t="s">
         <v>522</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B133" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C133" t="s">
+        <v>525</v>
+      </c>
+      <c r="D133" t="s">
         <v>526</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="E133" s="2" t="s">
+      <c r="F133" s="2" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B134" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C134" t="s">
+        <v>529</v>
+      </c>
+      <c r="D134" t="s">
         <v>530</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" s="2" t="s">
         <v>531</v>
       </c>
-      <c r="E134" s="2" t="s">
+      <c r="F134" s="2" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B135" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C135" t="s">
+        <v>533</v>
+      </c>
+      <c r="D135" t="s">
         <v>534</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="E135" s="2" t="s">
+      <c r="F135" s="2" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B136" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C136" t="s">
+        <v>537</v>
+      </c>
+      <c r="D136" t="s">
         <v>538</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="E136" s="2" t="s">
+      <c r="F136" s="2" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B137" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C137" t="s">
+        <v>541</v>
+      </c>
+      <c r="D137" t="s">
         <v>542</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="F137" s="2" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B138" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C138" t="s">
+        <v>545</v>
+      </c>
+      <c r="D138" t="s">
         <v>546</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="E138" s="2" t="s">
+      <c r="F138" s="2" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B139" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C139" t="s">
+        <v>549</v>
+      </c>
+      <c r="D139" t="s">
         <v>550</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B140" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C140" t="s">
+        <v>553</v>
+      </c>
+      <c r="D140" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B141" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C141" t="s">
-        <v>213</v>
+        <v>557</v>
       </c>
       <c r="D141" t="s">
-        <v>214</v>
+        <v>242</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B142" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C142" t="s">
-        <v>559</v>
+        <v>213</v>
       </c>
       <c r="D142" t="s">
+        <v>214</v>
+      </c>
+      <c r="E142" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="E142" s="2" t="s">
+      <c r="F142" s="2" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B143" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C143" t="s">
+        <v>562</v>
+      </c>
+      <c r="D143" t="s">
         <v>563</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B144" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C144" t="s">
+        <v>566</v>
+      </c>
+      <c r="D144" t="s">
         <v>567</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B145" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C145" t="s">
+        <v>570</v>
+      </c>
+      <c r="D145" t="s">
         <v>571</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B146" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C146" t="s">
+        <v>574</v>
+      </c>
+      <c r="D146" t="s">
         <v>575</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="F146" s="2" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B147" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C147" t="s">
+        <v>578</v>
+      </c>
+      <c r="D147" t="s">
         <v>579</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" s="2" t="s">
         <v>580</v>
       </c>
-      <c r="E147" s="2" t="s">
+      <c r="F147" s="2" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B148" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C148" t="s">
+        <v>582</v>
+      </c>
+      <c r="D148" t="s">
         <v>583</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" s="2" t="s">
         <v>584</v>
       </c>
-      <c r="E148" s="2" t="s">
+      <c r="F148" s="2" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B149" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C149" t="s">
+        <v>586</v>
+      </c>
+      <c r="D149" t="s">
         <v>587</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="F149" s="2" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B150" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C150" t="s">
+        <v>590</v>
+      </c>
+      <c r="D150" t="s">
         <v>591</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" s="2" t="s">
         <v>592</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="F150" s="2" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="B151" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C151" t="s">
+        <v>594</v>
+      </c>
+      <c r="D151" t="s">
         <v>595</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="E151" s="2" t="s">
+      <c r="F151" s="2" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
+        <v>503</v>
+      </c>
+      <c r="B152" t="s">
+        <v>504</v>
+      </c>
+      <c r="C152" t="s">
+        <v>598</v>
+      </c>
+      <c r="D152" t="s">
         <v>599</v>
       </c>
-      <c r="B152" t="s">
+      <c r="E152" s="2" t="s">
         <v>600</v>
       </c>
-      <c r="C152" t="s">
+      <c r="F152" s="2" t="s">
         <v>601</v>
-      </c>
-[...7 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B153" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C153" t="s">
+        <v>604</v>
+      </c>
+      <c r="D153" t="s">
         <v>605</v>
       </c>
-      <c r="D153" t="s">
+      <c r="E153" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="E153" s="2" t="s">
+      <c r="F153" s="2" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B154" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C154" t="s">
+        <v>608</v>
+      </c>
+      <c r="D154" t="s">
         <v>609</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E154" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="E154" s="2" t="s">
+      <c r="F154" s="2" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B155" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C155" t="s">
+        <v>612</v>
+      </c>
+      <c r="D155" t="s">
         <v>613</v>
       </c>
-      <c r="D155" t="s">
+      <c r="E155" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="E155" s="2" t="s">
+      <c r="F155" s="2" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B156" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C156" t="s">
+        <v>616</v>
+      </c>
+      <c r="D156" t="s">
         <v>617</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="F156" s="2" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B157" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C157" t="s">
+        <v>620</v>
+      </c>
+      <c r="D157" t="s">
         <v>621</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="F157" s="2" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B158" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C158" t="s">
+        <v>624</v>
+      </c>
+      <c r="D158" t="s">
         <v>625</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="F158" s="2" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B159" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C159" t="s">
+        <v>628</v>
+      </c>
+      <c r="D159" t="s">
         <v>629</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" s="2" t="s">
         <v>630</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B160" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C160" t="s">
+        <v>632</v>
+      </c>
+      <c r="D160" t="s">
         <v>633</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" s="2" t="s">
         <v>634</v>
       </c>
-      <c r="E160" s="2" t="s">
+      <c r="F160" s="2" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B161" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C161" t="s">
+        <v>636</v>
+      </c>
+      <c r="D161" t="s">
         <v>637</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" s="2" t="s">
         <v>638</v>
       </c>
-      <c r="E161" s="2" t="s">
+      <c r="F161" s="2" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B162" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C162" t="s">
+        <v>640</v>
+      </c>
+      <c r="D162" t="s">
         <v>641</v>
       </c>
-      <c r="D162" t="s">
+      <c r="E162" s="2" t="s">
         <v>642</v>
       </c>
-      <c r="E162" s="2" t="s">
+      <c r="F162" s="2" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B163" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C163" t="s">
+        <v>644</v>
+      </c>
+      <c r="D163" t="s">
         <v>645</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="E163" s="2" t="s">
+      <c r="F163" s="2" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B164" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C164" t="s">
+        <v>648</v>
+      </c>
+      <c r="D164" t="s">
         <v>649</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" s="2" t="s">
         <v>650</v>
       </c>
-      <c r="E164" s="2" t="s">
+      <c r="F164" s="2" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B165" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C165" t="s">
+        <v>652</v>
+      </c>
+      <c r="D165" t="s">
         <v>653</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B166" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C166" t="s">
+        <v>656</v>
+      </c>
+      <c r="D166" t="s">
         <v>657</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="E166" s="2" t="s">
+      <c r="F166" s="2" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B167" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C167" t="s">
+        <v>660</v>
+      </c>
+      <c r="D167" t="s">
         <v>661</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" s="2" t="s">
         <v>662</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="F167" s="2" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B168" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C168" t="s">
+        <v>664</v>
+      </c>
+      <c r="D168" t="s">
         <v>665</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" s="2" t="s">
         <v>666</v>
       </c>
-      <c r="E168" s="2" t="s">
+      <c r="F168" s="2" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
+        <v>602</v>
+      </c>
+      <c r="B169" t="s">
+        <v>603</v>
+      </c>
+      <c r="C169" t="s">
+        <v>668</v>
+      </c>
+      <c r="D169" t="s">
         <v>669</v>
       </c>
-      <c r="B169" t="s">
+      <c r="E169" s="2" t="s">
         <v>670</v>
       </c>
-      <c r="C169" t="s">
-[...5 lines deleted...]
-      <c r="E169" s="2" t="s">
+      <c r="F169" s="2" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B170" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C170" t="s">
-        <v>424</v>
+        <v>259</v>
       </c>
       <c r="D170" t="s">
-        <v>425</v>
+        <v>260</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B171" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C171" t="s">
-        <v>675</v>
+        <v>427</v>
       </c>
       <c r="D171" t="s">
+        <v>428</v>
+      </c>
+      <c r="E171" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="E171" s="2" t="s">
+      <c r="F171" s="2" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B172" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C172" t="s">
+        <v>678</v>
+      </c>
+      <c r="D172" t="s">
         <v>679</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="E172" s="2" t="s">
+      <c r="F172" s="2" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B173" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C173" t="s">
+        <v>682</v>
+      </c>
+      <c r="D173" t="s">
         <v>683</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="E173" s="2" t="s">
+      <c r="F173" s="2" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B174" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C174" t="s">
+        <v>686</v>
+      </c>
+      <c r="D174" t="s">
         <v>687</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="E174" s="2" t="s">
+      <c r="F174" s="2" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B175" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C175" t="s">
+        <v>690</v>
+      </c>
+      <c r="D175" t="s">
         <v>691</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="E175" s="2" t="s">
+      <c r="F175" s="2" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B176" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C176" t="s">
+        <v>694</v>
+      </c>
+      <c r="D176" t="s">
         <v>695</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="E176" s="2" t="s">
+      <c r="F176" s="2" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B177" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C177" t="s">
+        <v>698</v>
+      </c>
+      <c r="D177" t="s">
         <v>699</v>
       </c>
-      <c r="D177" t="s">
+      <c r="E177" s="2" t="s">
         <v>700</v>
       </c>
-      <c r="E177" s="2" t="s">
+      <c r="F177" s="2" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B178" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C178" t="s">
-        <v>267</v>
+        <v>702</v>
       </c>
       <c r="D178" t="s">
-        <v>268</v>
+        <v>703</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>269</v>
+        <v>704</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B179" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C179" t="s">
-        <v>704</v>
+        <v>267</v>
       </c>
       <c r="D179" t="s">
-        <v>705</v>
+        <v>268</v>
       </c>
       <c r="E179" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F179" s="2" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B180" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C180" t="s">
+        <v>707</v>
+      </c>
+      <c r="D180" t="s">
         <v>708</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" s="2" t="s">
         <v>709</v>
       </c>
-      <c r="E180" s="2" t="s">
+      <c r="F180" s="2" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B181" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C181" t="s">
-        <v>275</v>
+        <v>711</v>
       </c>
       <c r="D181" t="s">
-        <v>276</v>
+        <v>712</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>714</v>
+        <v>672</v>
       </c>
       <c r="B182" t="s">
+        <v>673</v>
+      </c>
+      <c r="C182" t="s">
+        <v>275</v>
+      </c>
+      <c r="D182" t="s">
+        <v>276</v>
+      </c>
+      <c r="E182" s="2" t="s">
         <v>715</v>
       </c>
-      <c r="C182" t="s">
+      <c r="F182" s="2" t="s">
         <v>716</v>
-      </c>
-[...7 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B183" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C183" t="s">
+        <v>719</v>
+      </c>
+      <c r="D183" t="s">
         <v>720</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="E183" s="2" t="s">
+      <c r="F183" s="2" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B184" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C184" t="s">
+        <v>723</v>
+      </c>
+      <c r="D184" t="s">
         <v>724</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" s="2" t="s">
         <v>725</v>
       </c>
-      <c r="E184" s="2" t="s">
+      <c r="F184" s="2" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B185" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C185" t="s">
+        <v>727</v>
+      </c>
+      <c r="D185" t="s">
         <v>728</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" s="2" t="s">
         <v>729</v>
       </c>
-      <c r="E185" s="2" t="s">
+      <c r="F185" s="2" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B186" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C186" t="s">
+        <v>731</v>
+      </c>
+      <c r="D186" t="s">
         <v>732</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" s="2" t="s">
         <v>733</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="F186" s="2" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B187" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C187" t="s">
+        <v>735</v>
+      </c>
+      <c r="D187" t="s">
         <v>736</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="E187" s="2" t="s">
+      <c r="F187" s="2" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
+        <v>717</v>
+      </c>
+      <c r="B188" t="s">
+        <v>718</v>
+      </c>
+      <c r="C188" t="s">
+        <v>739</v>
+      </c>
+      <c r="D188" t="s">
         <v>740</v>
       </c>
-      <c r="B188" t="s">
+      <c r="E188" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="C188" t="s">
+      <c r="F188" s="2" t="s">
         <v>742</v>
-      </c>
-[...7 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B189" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C189" t="s">
-        <v>205</v>
+        <v>745</v>
       </c>
       <c r="D189" t="s">
-        <v>206</v>
+        <v>746</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B190" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C190" t="s">
-        <v>748</v>
+        <v>205</v>
       </c>
       <c r="D190" t="s">
+        <v>206</v>
+      </c>
+      <c r="E190" s="2" t="s">
         <v>749</v>
       </c>
-      <c r="E190" s="2" t="s">
+      <c r="F190" s="2" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B191" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C191" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D191" t="s">
         <v>752</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B192" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C192" t="s">
         <v>755</v>
       </c>
       <c r="D192" t="s">
+        <v>755</v>
+      </c>
+      <c r="E192" s="2" t="s">
         <v>756</v>
       </c>
-      <c r="E192" s="2" t="s">
+      <c r="F192" s="2" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B193" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C193" t="s">
+        <v>758</v>
+      </c>
+      <c r="D193" t="s">
         <v>759</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" s="2" t="s">
         <v>760</v>
       </c>
-      <c r="E193" s="2" t="s">
+      <c r="F193" s="2" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B194" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C194" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="D194" t="s">
         <v>763</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B195" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C195" t="s">
         <v>766</v>
       </c>
       <c r="D195" t="s">
+        <v>766</v>
+      </c>
+      <c r="E195" s="2" t="s">
         <v>767</v>
       </c>
-      <c r="E195" s="2" t="s">
+      <c r="F195" s="2" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B196" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C196" t="s">
+        <v>769</v>
+      </c>
+      <c r="D196" t="s">
         <v>770</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" s="2" t="s">
         <v>771</v>
       </c>
-      <c r="E196" s="2" t="s">
+      <c r="F196" s="2" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
+        <v>743</v>
+      </c>
+      <c r="B197" t="s">
+        <v>744</v>
+      </c>
+      <c r="C197" t="s">
+        <v>773</v>
+      </c>
+      <c r="D197" t="s">
         <v>774</v>
       </c>
-      <c r="B197" t="s">
+      <c r="E197" s="2" t="s">
         <v>775</v>
       </c>
-      <c r="C197" t="s">
+      <c r="F197" s="2" t="s">
         <v>776</v>
-      </c>
-[...7 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B198" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C198" t="s">
+        <v>779</v>
+      </c>
+      <c r="D198" t="s">
         <v>780</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" s="2" t="s">
         <v>781</v>
       </c>
-      <c r="E198" s="2" t="s">
+      <c r="F198" s="2" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B199" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C199" t="s">
+        <v>783</v>
+      </c>
+      <c r="D199" t="s">
         <v>784</v>
       </c>
-      <c r="D199" t="s">
+      <c r="E199" s="2" t="s">
         <v>785</v>
       </c>
-      <c r="E199" s="2" t="s">
+      <c r="F199" s="2" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B200" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C200" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="D200" t="s">
         <v>788</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>789</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B201" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C201" t="s">
         <v>791</v>
       </c>
       <c r="D201" t="s">
         <v>791</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B202" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C202" t="s">
         <v>794</v>
       </c>
       <c r="D202" t="s">
         <v>794</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>795</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B203" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C203" t="s">
         <v>797</v>
       </c>
       <c r="D203" t="s">
+        <v>797</v>
+      </c>
+      <c r="E203" s="2" t="s">
         <v>798</v>
       </c>
-      <c r="E203" s="2" t="s">
+      <c r="F203" s="2" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B204" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C204" t="s">
+        <v>800</v>
+      </c>
+      <c r="D204" t="s">
         <v>801</v>
       </c>
-      <c r="D204" t="s">
+      <c r="E204" s="2" t="s">
         <v>802</v>
       </c>
-      <c r="E204" s="2" t="s">
+      <c r="F204" s="2" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B205" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C205" t="s">
+        <v>804</v>
+      </c>
+      <c r="D205" t="s">
         <v>805</v>
       </c>
-      <c r="D205" t="s">
+      <c r="E205" s="2" t="s">
         <v>806</v>
       </c>
-      <c r="E205" s="2" t="s">
+      <c r="F205" s="2" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B206" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C206" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="D206" t="s">
         <v>809</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>810</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B207" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C207" t="s">
         <v>812</v>
       </c>
       <c r="D207" t="s">
+        <v>812</v>
+      </c>
+      <c r="E207" s="2" t="s">
         <v>813</v>
       </c>
-      <c r="E207" s="2" t="s">
+      <c r="F207" s="2" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B208" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C208" t="s">
+        <v>815</v>
+      </c>
+      <c r="D208" t="s">
         <v>816</v>
       </c>
-      <c r="D208" t="s">
+      <c r="E208" s="2" t="s">
         <v>817</v>
       </c>
-      <c r="E208" s="2" t="s">
+      <c r="F208" s="2" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B209" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C209" t="s">
+        <v>819</v>
+      </c>
+      <c r="D209" t="s">
         <v>820</v>
       </c>
-      <c r="D209" t="s">
+      <c r="E209" s="2" t="s">
         <v>821</v>
       </c>
-      <c r="E209" s="2" t="s">
+      <c r="F209" s="2" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B210" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C210" t="s">
+        <v>823</v>
+      </c>
+      <c r="D210" t="s">
         <v>824</v>
       </c>
-      <c r="D210" t="s">
+      <c r="E210" s="2" t="s">
         <v>825</v>
       </c>
-      <c r="E210" s="2" t="s">
+      <c r="F210" s="2" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B211" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C211" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="D211" t="s">
         <v>828</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B212" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C212" t="s">
         <v>831</v>
       </c>
       <c r="D212" t="s">
+        <v>831</v>
+      </c>
+      <c r="E212" s="2" t="s">
         <v>832</v>
       </c>
-      <c r="E212" s="2" t="s">
+      <c r="F212" s="2" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B213" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C213" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="D213" t="s">
         <v>835</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>836</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B214" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C214" t="s">
         <v>838</v>
       </c>
       <c r="D214" t="s">
+        <v>838</v>
+      </c>
+      <c r="E214" s="2" t="s">
         <v>839</v>
       </c>
-      <c r="E214" s="2" t="s">
+      <c r="F214" s="2" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B215" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C215" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="D215" t="s">
         <v>842</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>843</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B216" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C216" t="s">
         <v>845</v>
       </c>
       <c r="D216" t="s">
         <v>845</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>846</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B217" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C217" t="s">
         <v>848</v>
       </c>
       <c r="D217" t="s">
+        <v>848</v>
+      </c>
+      <c r="E217" s="2" t="s">
         <v>849</v>
       </c>
-      <c r="E217" s="2" t="s">
+      <c r="F217" s="2" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B218" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C218" t="s">
+        <v>851</v>
+      </c>
+      <c r="D218" t="s">
         <v>852</v>
       </c>
-      <c r="D218" t="s">
+      <c r="E218" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="E218" s="2" t="s">
+      <c r="F218" s="2" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>855</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B219" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C219" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="D219" t="s">
         <v>856</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>857</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B220" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C220" t="s">
         <v>859</v>
       </c>
       <c r="D220" t="s">
         <v>859</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>860</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B221" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C221" t="s">
         <v>862</v>
       </c>
       <c r="D221" t="s">
+        <v>862</v>
+      </c>
+      <c r="E221" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="E221" s="2" t="s">
+      <c r="F221" s="2" t="s">
         <v>864</v>
-      </c>
-[...1 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B222" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C222" t="s">
+        <v>865</v>
+      </c>
+      <c r="D222" t="s">
         <v>866</v>
       </c>
-      <c r="D222" t="s">
+      <c r="E222" s="2" t="s">
         <v>867</v>
       </c>
-      <c r="E222" s="2" t="s">
+      <c r="F222" s="2" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B223" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C223" t="s">
+        <v>869</v>
+      </c>
+      <c r="D223" t="s">
         <v>870</v>
       </c>
-      <c r="D223" t="s">
+      <c r="E223" s="2" t="s">
         <v>871</v>
       </c>
-      <c r="E223" s="2" t="s">
+      <c r="F223" s="2" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B224" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C224" t="s">
+        <v>873</v>
+      </c>
+      <c r="D224" t="s">
         <v>874</v>
       </c>
-      <c r="D224" t="s">
+      <c r="E224" s="2" t="s">
         <v>875</v>
       </c>
-      <c r="E224" s="2" t="s">
+      <c r="F224" s="2" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B225" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C225" t="s">
+        <v>877</v>
+      </c>
+      <c r="D225" t="s">
         <v>878</v>
       </c>
-      <c r="D225" t="s">
+      <c r="E225" s="2" t="s">
         <v>879</v>
       </c>
-      <c r="E225" s="2" t="s">
+      <c r="F225" s="2" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B226" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C226" t="s">
+        <v>881</v>
+      </c>
+      <c r="D226" t="s">
         <v>882</v>
       </c>
-      <c r="D226" t="s">
+      <c r="E226" s="2" t="s">
         <v>883</v>
       </c>
-      <c r="E226" s="2" t="s">
+      <c r="F226" s="2" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B227" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C227" t="s">
+        <v>885</v>
+      </c>
+      <c r="D227" t="s">
         <v>886</v>
       </c>
-      <c r="D227" t="s">
+      <c r="E227" s="2" t="s">
         <v>887</v>
       </c>
-      <c r="E227" s="2" t="s">
+      <c r="F227" s="2" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B228" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C228" t="s">
+        <v>889</v>
+      </c>
+      <c r="D228" t="s">
         <v>890</v>
       </c>
-      <c r="D228" t="s">
+      <c r="E228" s="2" t="s">
         <v>891</v>
       </c>
-      <c r="E228" s="2" t="s">
+      <c r="F228" s="2" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B229" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C229" t="s">
+        <v>893</v>
+      </c>
+      <c r="D229" t="s">
         <v>894</v>
       </c>
-      <c r="D229" t="s">
+      <c r="E229" s="2" t="s">
         <v>895</v>
       </c>
-      <c r="E229" s="2" t="s">
+      <c r="F229" s="2" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B230" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C230" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="D230" t="s">
         <v>898</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>899</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B231" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C231" t="s">
         <v>901</v>
       </c>
       <c r="D231" t="s">
+        <v>901</v>
+      </c>
+      <c r="E231" s="2" t="s">
         <v>902</v>
       </c>
-      <c r="E231" s="2" t="s">
+      <c r="F231" s="2" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B232" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C232" t="s">
+        <v>904</v>
+      </c>
+      <c r="D232" t="s">
         <v>905</v>
       </c>
-      <c r="D232" t="s">
+      <c r="E232" s="2" t="s">
         <v>906</v>
       </c>
-      <c r="E232" s="2" t="s">
+      <c r="F232" s="2" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B233" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C233" t="s">
+        <v>908</v>
+      </c>
+      <c r="D233" t="s">
         <v>909</v>
       </c>
-      <c r="D233" t="s">
+      <c r="E233" s="2" t="s">
         <v>910</v>
       </c>
-      <c r="E233" s="2" t="s">
+      <c r="F233" s="2" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B234" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C234" t="s">
+        <v>912</v>
+      </c>
+      <c r="D234" t="s">
         <v>913</v>
       </c>
-      <c r="D234" t="s">
+      <c r="E234" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="E234" s="2" t="s">
+      <c r="F234" s="2" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B235" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C235" t="s">
+        <v>916</v>
+      </c>
+      <c r="D235" t="s">
         <v>917</v>
       </c>
-      <c r="D235" t="s">
+      <c r="E235" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="E235" s="2" t="s">
+      <c r="F235" s="2" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B236" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C236" t="s">
+        <v>920</v>
+      </c>
+      <c r="D236" t="s">
         <v>921</v>
       </c>
-      <c r="D236" t="s">
+      <c r="E236" s="2" t="s">
         <v>922</v>
       </c>
-      <c r="E236" s="2" t="s">
+      <c r="F236" s="2" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B237" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C237" t="s">
+        <v>924</v>
+      </c>
+      <c r="D237" t="s">
         <v>925</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" s="2" t="s">
         <v>926</v>
       </c>
-      <c r="E237" s="2" t="s">
+      <c r="F237" s="2" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B238" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C238" t="s">
+        <v>928</v>
+      </c>
+      <c r="D238" t="s">
         <v>929</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" s="2" t="s">
         <v>930</v>
       </c>
-      <c r="E238" s="2" t="s">
+      <c r="F238" s="2" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B239" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C239" t="s">
+        <v>932</v>
+      </c>
+      <c r="D239" t="s">
         <v>933</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" s="2" t="s">
         <v>934</v>
       </c>
-      <c r="E239" s="2" t="s">
+      <c r="F239" s="2" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B240" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C240" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="D240" t="s">
         <v>937</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>938</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B241" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C241" t="s">
-        <v>708</v>
+        <v>940</v>
       </c>
       <c r="D241" t="s">
-        <v>709</v>
+        <v>940</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B242" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C242" t="s">
-        <v>942</v>
+        <v>711</v>
       </c>
       <c r="D242" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B243" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C243" t="s">
         <v>945</v>
       </c>
       <c r="D243" t="s">
+        <v>708</v>
+      </c>
+      <c r="E243" s="2" t="s">
         <v>946</v>
       </c>
-      <c r="E243" s="2" t="s">
+      <c r="F243" s="2" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B244" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C244" t="s">
+        <v>948</v>
+      </c>
+      <c r="D244" t="s">
         <v>949</v>
       </c>
-      <c r="D244" t="s">
+      <c r="E244" s="2" t="s">
         <v>950</v>
       </c>
-      <c r="E244" s="2" t="s">
+      <c r="F244" s="2" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B245" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C245" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="D245" t="s">
         <v>953</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>954</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B246" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C246" t="s">
         <v>956</v>
       </c>
       <c r="D246" t="s">
+        <v>956</v>
+      </c>
+      <c r="E246" s="2" t="s">
         <v>957</v>
       </c>
-      <c r="E246" s="2" t="s">
+      <c r="F246" s="2" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B247" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C247" t="s">
+        <v>959</v>
+      </c>
+      <c r="D247" t="s">
         <v>960</v>
       </c>
-      <c r="D247" t="s">
+      <c r="E247" s="2" t="s">
         <v>961</v>
       </c>
-      <c r="E247" s="2" t="s">
+      <c r="F247" s="2" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B248" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C248" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="D248" t="s">
         <v>964</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>965</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
+        <v>777</v>
+      </c>
+      <c r="B249" t="s">
+        <v>778</v>
+      </c>
+      <c r="C249" t="s">
         <v>967</v>
       </c>
-      <c r="B249" t="s">
+      <c r="D249" t="s">
+        <v>967</v>
+      </c>
+      <c r="E249" s="2" t="s">
         <v>968</v>
       </c>
-      <c r="C249" t="s">
+      <c r="F249" s="2" t="s">
         <v>969</v>
-      </c>
-[...7 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B250" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="C250" t="s">
-        <v>189</v>
+        <v>972</v>
       </c>
       <c r="D250" t="s">
-        <v>190</v>
+        <v>973</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B251" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="C251" t="s">
-        <v>975</v>
+        <v>189</v>
       </c>
       <c r="D251" t="s">
+        <v>190</v>
+      </c>
+      <c r="E251" s="2" t="s">
         <v>976</v>
       </c>
-      <c r="E251" s="2" t="s">
+      <c r="F251" s="2" t="s">
         <v>977</v>
-      </c>
-[...1 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B252" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="C252" t="s">
+        <v>978</v>
+      </c>
+      <c r="D252" t="s">
         <v>979</v>
       </c>
-      <c r="D252" t="s">
+      <c r="E252" s="2" t="s">
         <v>980</v>
       </c>
-      <c r="E252" s="2" t="s">
+      <c r="F252" s="2" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B253" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="C253" t="s">
+        <v>982</v>
+      </c>
+      <c r="D253" t="s">
         <v>983</v>
       </c>
-      <c r="D253" t="s">
+      <c r="E253" s="2" t="s">
         <v>984</v>
       </c>
-      <c r="E253" s="2" t="s">
+      <c r="F253" s="2" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B254" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="C254" t="s">
+        <v>986</v>
+      </c>
+      <c r="D254" t="s">
         <v>987</v>
       </c>
-      <c r="D254" t="s">
+      <c r="E254" s="2" t="s">
         <v>988</v>
       </c>
-      <c r="E254" s="2" t="s">
+      <c r="F254" s="2" t="s">
         <v>989</v>
-      </c>
-[...1 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
+        <v>970</v>
+      </c>
+      <c r="B255" t="s">
+        <v>971</v>
+      </c>
+      <c r="C255" t="s">
+        <v>990</v>
+      </c>
+      <c r="D255" t="s">
         <v>991</v>
       </c>
-      <c r="B255" t="s">
+      <c r="E255" s="2" t="s">
         <v>992</v>
       </c>
-      <c r="C255" t="s">
+      <c r="F255" s="2" t="s">
         <v>993</v>
-      </c>
-[...7 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B256" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C256" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="D256" t="s">
         <v>997</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>998</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B257" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C257" t="s">
         <v>1000</v>
       </c>
       <c r="D257" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E257" s="2" t="s">
         <v>1001</v>
       </c>
-      <c r="E257" s="2" t="s">
+      <c r="F257" s="2" t="s">
         <v>1002</v>
-      </c>
-[...1 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B258" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C258" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="D258" t="s">
         <v>1004</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B259" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C259" t="s">
         <v>1007</v>
       </c>
       <c r="D259" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E259" s="2" t="s">
         <v>1008</v>
       </c>
-      <c r="E259" s="2" t="s">
+      <c r="F259" s="2" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B260" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C260" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D260" t="s">
         <v>1011</v>
       </c>
-      <c r="D260" t="s">
+      <c r="E260" s="2" t="s">
         <v>1012</v>
       </c>
-      <c r="E260" s="2" t="s">
+      <c r="F260" s="2" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B261" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C261" t="s">
-        <v>148</v>
+        <v>1014</v>
       </c>
       <c r="D261" t="s">
-        <v>149</v>
+        <v>1015</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B262" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C262" t="s">
-        <v>1017</v>
+        <v>148</v>
       </c>
       <c r="D262" t="s">
+        <v>149</v>
+      </c>
+      <c r="E262" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="E262" s="2" t="s">
+      <c r="F262" s="2" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B263" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C263" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D263" t="s">
         <v>1021</v>
       </c>
-      <c r="D263" t="s">
+      <c r="E263" s="2" t="s">
         <v>1022</v>
       </c>
-      <c r="E263" s="2" t="s">
+      <c r="F263" s="2" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B264" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C264" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D264" t="s">
         <v>1025</v>
       </c>
-      <c r="D264" t="s">
+      <c r="E264" s="2" t="s">
         <v>1026</v>
       </c>
-      <c r="E264" s="2" t="s">
+      <c r="F264" s="2" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B265" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C265" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D265" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B266" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C266" t="s">
         <v>1032</v>
       </c>
       <c r="D266" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E266" s="2" t="s">
         <v>1033</v>
       </c>
-      <c r="E266" s="2" t="s">
+      <c r="F266" s="2" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B267" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C267" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D267" t="s">
         <v>1036</v>
       </c>
-      <c r="D267" t="s">
+      <c r="E267" s="2" t="s">
         <v>1037</v>
       </c>
-      <c r="E267" s="2" t="s">
+      <c r="F267" s="2" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B268" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C268" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D268" t="s">
         <v>1040</v>
       </c>
-      <c r="D268" t="s">
+      <c r="E268" s="2" t="s">
         <v>1041</v>
       </c>
-      <c r="E268" s="2" t="s">
+      <c r="F268" s="2" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B269" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C269" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D269" t="s">
         <v>1044</v>
       </c>
-      <c r="D269" t="s">
+      <c r="E269" s="2" t="s">
         <v>1045</v>
       </c>
-      <c r="E269" s="2" t="s">
+      <c r="F269" s="2" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B270" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C270" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D270" t="s">
         <v>1048</v>
       </c>
-      <c r="D270" t="s">
+      <c r="E270" s="2" t="s">
         <v>1049</v>
       </c>
-      <c r="E270" s="2" t="s">
+      <c r="F270" s="2" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B271" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C271" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D271" t="s">
         <v>1052</v>
       </c>
-      <c r="D271" t="s">
+      <c r="E271" s="2" t="s">
         <v>1053</v>
       </c>
-      <c r="E271" s="2" t="s">
+      <c r="F271" s="2" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B272" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C272" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D272" t="s">
         <v>1056</v>
       </c>
-      <c r="D272" t="s">
+      <c r="E272" s="2" t="s">
         <v>1057</v>
       </c>
-      <c r="E272" s="2" t="s">
+      <c r="F272" s="2" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B273" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C273" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="D273" t="s">
         <v>1060</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B274" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C274" t="s">
         <v>1063</v>
       </c>
       <c r="D274" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E274" s="2" t="s">
         <v>1064</v>
       </c>
-      <c r="E274" s="2" t="s">
+      <c r="F274" s="2" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B275" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C275" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D275" t="s">
         <v>1067</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" s="2" t="s">
         <v>1068</v>
       </c>
-      <c r="E275" s="2" t="s">
+      <c r="F275" s="2" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B276" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C276" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D276" t="s">
         <v>1071</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" s="2" t="s">
         <v>1072</v>
       </c>
-      <c r="E276" s="2" t="s">
+      <c r="F276" s="2" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
+        <v>994</v>
+      </c>
+      <c r="B277" t="s">
+        <v>995</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D277" t="s">
         <v>1075</v>
       </c>
-      <c r="B277" t="s">
+      <c r="E277" s="2" t="s">
         <v>1076</v>
       </c>
-      <c r="C277" t="s">
+      <c r="F277" s="2" t="s">
         <v>1077</v>
-      </c>
-[...7 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B278" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C278" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D278" t="s">
         <v>1081</v>
       </c>
-      <c r="D278" t="s">
+      <c r="E278" s="2" t="s">
         <v>1082</v>
       </c>
-      <c r="E278" s="2" t="s">
+      <c r="F278" s="2" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B279" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C279" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D279" t="s">
         <v>1085</v>
       </c>
-      <c r="D279" t="s">
+      <c r="E279" s="2" t="s">
         <v>1086</v>
       </c>
-      <c r="E279" s="2" t="s">
+      <c r="F279" s="2" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B280" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C280" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D280" t="s">
         <v>1089</v>
       </c>
-      <c r="D280" t="s">
+      <c r="E280" s="2" t="s">
         <v>1090</v>
       </c>
-      <c r="E280" s="2" t="s">
+      <c r="F280" s="2" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B281" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C281" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D281" t="s">
         <v>1093</v>
       </c>
-      <c r="D281" t="s">
+      <c r="E281" s="2" t="s">
         <v>1094</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B282" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C282" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D282" t="s">
         <v>1097</v>
       </c>
-      <c r="D282" t="s">
+      <c r="E282" s="2" t="s">
         <v>1098</v>
       </c>
-      <c r="E282" s="2" t="s">
+      <c r="F282" s="2" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B283" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C283" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D283" t="s">
         <v>1101</v>
       </c>
-      <c r="D283" t="s">
+      <c r="E283" s="2" t="s">
         <v>1102</v>
       </c>
-      <c r="E283" s="2" t="s">
+      <c r="F283" s="2" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="B284" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C284" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D284" t="s">
         <v>1105</v>
       </c>
-      <c r="D284" t="s">
+      <c r="E284" s="2" t="s">
         <v>1106</v>
       </c>
-      <c r="E284" s="2" t="s">
+      <c r="F284" s="2" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D285" t="s">
         <v>1109</v>
       </c>
-      <c r="B285" t="s">
+      <c r="E285" s="2" t="s">
         <v>1110</v>
       </c>
-      <c r="C285" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F285" s="2" t="s">
-        <v>200</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B286" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C286" t="s">
-        <v>1111</v>
+        <v>197</v>
       </c>
       <c r="D286" t="s">
-        <v>1112</v>
+        <v>198</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1113</v>
+        <v>199</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1114</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B287" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C287" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D287" t="s">
         <v>1115</v>
       </c>
-      <c r="D287" t="s">
+      <c r="E287" s="2" t="s">
         <v>1116</v>
       </c>
-      <c r="E287" s="2" t="s">
+      <c r="F287" s="2" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B288" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C288" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D288" t="s">
         <v>1119</v>
       </c>
-      <c r="D288" t="s">
+      <c r="E288" s="2" t="s">
         <v>1120</v>
       </c>
-      <c r="E288" s="2" t="s">
+      <c r="F288" s="2" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D289" t="s">
         <v>1123</v>
       </c>
-      <c r="B289" t="s">
+      <c r="E289" s="2" t="s">
         <v>1124</v>
       </c>
-      <c r="C289" t="s">
+      <c r="F289" s="2" t="s">
         <v>1125</v>
-      </c>
-[...7 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B290" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C290" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D290" t="s">
         <v>1129</v>
       </c>
-      <c r="D290" t="s">
+      <c r="E290" s="2" t="s">
         <v>1130</v>
       </c>
-      <c r="E290" s="2" t="s">
+      <c r="F290" s="2" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B291" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C291" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D291" t="s">
         <v>1133</v>
       </c>
-      <c r="D291" t="s">
+      <c r="E291" s="2" t="s">
         <v>1134</v>
       </c>
-      <c r="E291" s="2" t="s">
+      <c r="F291" s="2" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B292" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C292" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="D292" t="s">
         <v>1137</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B293" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C293" t="s">
         <v>1140</v>
       </c>
       <c r="D293" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E293" s="2" t="s">
         <v>1141</v>
       </c>
-      <c r="E293" s="2" t="s">
+      <c r="F293" s="2" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B294" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C294" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D294" t="s">
         <v>1144</v>
       </c>
-      <c r="D294" t="s">
+      <c r="E294" s="2" t="s">
         <v>1145</v>
       </c>
-      <c r="E294" s="2" t="s">
+      <c r="F294" s="2" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B295" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C295" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D295" t="s">
         <v>1148</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" s="2" t="s">
         <v>1149</v>
       </c>
-      <c r="E295" s="2" t="s">
+      <c r="F295" s="2" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B296" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C296" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="D296" t="s">
         <v>1152</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B297" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C297" t="s">
-        <v>205</v>
+        <v>1155</v>
       </c>
       <c r="D297" t="s">
-        <v>206</v>
+        <v>1155</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>207</v>
+        <v>1156</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>208</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B298" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C298" t="s">
-        <v>1155</v>
+        <v>205</v>
       </c>
       <c r="D298" t="s">
-        <v>1156</v>
+        <v>206</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1157</v>
+        <v>207</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1158</v>
+        <v>208</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B299" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C299" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D299" t="s">
         <v>1159</v>
       </c>
-      <c r="D299" t="s">
+      <c r="E299" s="2" t="s">
         <v>1160</v>
       </c>
-      <c r="E299" s="2" t="s">
+      <c r="F299" s="2" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B300" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C300" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="D300" t="s">
         <v>1163</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B301" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C301" t="s">
         <v>1166</v>
       </c>
       <c r="D301" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E301" s="2" t="s">
         <v>1167</v>
       </c>
-      <c r="E301" s="2" t="s">
+      <c r="F301" s="2" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B302" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C302" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D302" t="s">
         <v>1170</v>
       </c>
-      <c r="D302" t="s">
+      <c r="E302" s="2" t="s">
         <v>1171</v>
       </c>
-      <c r="E302" s="2" t="s">
+      <c r="F302" s="2" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B303" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C303" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D303" t="s">
         <v>1174</v>
       </c>
-      <c r="D303" t="s">
+      <c r="E303" s="2" t="s">
         <v>1175</v>
       </c>
-      <c r="E303" s="2" t="s">
+      <c r="F303" s="2" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B304" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C304" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D304" t="s">
         <v>1178</v>
       </c>
-      <c r="D304" t="s">
+      <c r="E304" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="E304" s="2" t="s">
+      <c r="F304" s="2" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B305" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C305" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D305" t="s">
         <v>1182</v>
       </c>
-      <c r="D305" t="s">
+      <c r="E305" s="2" t="s">
         <v>1183</v>
       </c>
-      <c r="E305" s="2" t="s">
+      <c r="F305" s="2" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B306" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C306" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D306" t="s">
         <v>1186</v>
       </c>
-      <c r="D306" t="s">
+      <c r="E306" s="2" t="s">
         <v>1187</v>
       </c>
-      <c r="E306" s="2" t="s">
+      <c r="F306" s="2" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B307" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C307" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D307" t="s">
         <v>1190</v>
       </c>
-      <c r="D307" t="s">
+      <c r="E307" s="2" t="s">
         <v>1191</v>
       </c>
-      <c r="E307" s="2" t="s">
+      <c r="F307" s="2" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B308" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C308" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D308" t="s">
         <v>1194</v>
       </c>
-      <c r="D308" t="s">
+      <c r="E308" s="2" t="s">
         <v>1195</v>
       </c>
-      <c r="E308" s="2" t="s">
+      <c r="F308" s="2" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B309" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C309" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="D309" t="s">
         <v>1198</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B310" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C310" t="s">
         <v>1201</v>
       </c>
       <c r="D310" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E310" s="2" t="s">
         <v>1202</v>
       </c>
-      <c r="E310" s="2" t="s">
+      <c r="F310" s="2" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B311" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C311" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D311" t="s">
         <v>1205</v>
       </c>
-      <c r="D311" t="s">
+      <c r="E311" s="2" t="s">
         <v>1206</v>
       </c>
-      <c r="E311" s="2" t="s">
+      <c r="F311" s="2" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B312" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C312" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D312" t="s">
         <v>1209</v>
       </c>
-      <c r="D312" t="s">
+      <c r="E312" s="2" t="s">
         <v>1210</v>
       </c>
-      <c r="E312" s="2" t="s">
+      <c r="F312" s="2" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B313" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C313" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D313" t="s">
         <v>1213</v>
       </c>
-      <c r="D313" t="s">
+      <c r="E313" s="2" t="s">
         <v>1214</v>
       </c>
-      <c r="E313" s="2" t="s">
+      <c r="F313" s="2" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B314" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C314" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D314" t="s">
         <v>1217</v>
       </c>
-      <c r="D314" t="s">
+      <c r="E314" s="2" t="s">
         <v>1218</v>
       </c>
-      <c r="E314" s="2" t="s">
+      <c r="F314" s="2" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B315" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C315" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="D315" t="s">
         <v>1221</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B316" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C316" t="s">
-        <v>460</v>
+        <v>1224</v>
       </c>
       <c r="D316" t="s">
-        <v>461</v>
+        <v>1224</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B317" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C317" t="s">
-        <v>1225</v>
+        <v>463</v>
       </c>
       <c r="D317" t="s">
-        <v>1226</v>
+        <v>464</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1228</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B318" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C318" t="s">
-        <v>464</v>
+        <v>1228</v>
       </c>
       <c r="D318" t="s">
-        <v>464</v>
+        <v>1229</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B319" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C319" t="s">
-        <v>1231</v>
+        <v>467</v>
       </c>
       <c r="D319" t="s">
+        <v>467</v>
+      </c>
+      <c r="E319" s="2" t="s">
         <v>1232</v>
       </c>
-      <c r="E319" s="2" t="s">
+      <c r="F319" s="2" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B320" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C320" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D320" t="s">
         <v>1235</v>
       </c>
-      <c r="D320" t="s">
+      <c r="E320" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="F320" s="2" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B321" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C321" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D321" t="s">
         <v>1239</v>
       </c>
-      <c r="D321" t="s">
+      <c r="E321" s="2" t="s">
         <v>1240</v>
       </c>
-      <c r="E321" s="2" t="s">
+      <c r="F321" s="2" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B322" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C322" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D322" t="s">
         <v>1243</v>
       </c>
-      <c r="D322" t="s">
+      <c r="E322" s="2" t="s">
         <v>1244</v>
       </c>
-      <c r="E322" s="2" t="s">
+      <c r="F322" s="2" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B323" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C323" t="s">
-        <v>1119</v>
+        <v>1246</v>
       </c>
       <c r="D323" t="s">
-        <v>1120</v>
+        <v>1247</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1121</v>
+        <v>1248</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1122</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D324" t="s">
         <v>1123</v>
       </c>
-      <c r="B324" t="s">
+      <c r="E324" s="2" t="s">
         <v>1124</v>
       </c>
-      <c r="C324" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F324" s="2" t="s">
-        <v>1250</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B325" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C325" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D325" t="s">
         <v>1251</v>
       </c>
-      <c r="D325" t="s">
+      <c r="E325" s="2" t="s">
         <v>1252</v>
       </c>
-      <c r="E325" s="2" t="s">
+      <c r="F325" s="2" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B326" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C326" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D326" t="s">
         <v>1255</v>
       </c>
-      <c r="D326" t="s">
+      <c r="E326" s="2" t="s">
         <v>1256</v>
       </c>
-      <c r="E326" s="2" t="s">
+      <c r="F326" s="2" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B327" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C327" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D327" t="s">
         <v>1259</v>
       </c>
-      <c r="D327" t="s">
+      <c r="E327" s="2" t="s">
         <v>1260</v>
       </c>
-      <c r="E327" s="2" t="s">
+      <c r="F327" s="2" t="s">
         <v>1261</v>
-      </c>
-[...1 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B328" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C328" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D328" t="s">
         <v>1263</v>
       </c>
-      <c r="D328" t="s">
+      <c r="E328" s="2" t="s">
         <v>1264</v>
       </c>
-      <c r="E328" s="2" t="s">
+      <c r="F328" s="2" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B329" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C329" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D329" t="s">
         <v>1267</v>
       </c>
-      <c r="D329" t="s">
+      <c r="E329" s="2" t="s">
         <v>1268</v>
       </c>
-      <c r="E329" s="2" t="s">
+      <c r="F329" s="2" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B330" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C330" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D330" t="s">
         <v>1271</v>
       </c>
-      <c r="D330" t="s">
+      <c r="E330" s="2" t="s">
         <v>1272</v>
       </c>
-      <c r="E330" s="2" t="s">
+      <c r="F330" s="2" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B331" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C331" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D331" t="s">
         <v>1275</v>
       </c>
-      <c r="D331" t="s">
+      <c r="E331" s="2" t="s">
         <v>1276</v>
       </c>
-      <c r="E331" s="2" t="s">
+      <c r="F331" s="2" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D332" t="s">
         <v>1279</v>
       </c>
-      <c r="B332" t="s">
+      <c r="E332" s="2" t="s">
         <v>1280</v>
       </c>
-      <c r="C332" t="s">
+      <c r="F332" s="2" t="s">
         <v>1281</v>
-      </c>
-[...7 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B333" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C333" t="s">
-        <v>303</v>
+        <v>1284</v>
       </c>
       <c r="D333" t="s">
-        <v>303</v>
+        <v>1285</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B334" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C334" t="s">
-        <v>1287</v>
+        <v>303</v>
       </c>
       <c r="D334" t="s">
-        <v>1287</v>
+        <v>303</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B335" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C335" t="s">
         <v>1290</v>
       </c>
       <c r="D335" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E335" s="2" t="s">
         <v>1291</v>
       </c>
-      <c r="E335" s="2" t="s">
+      <c r="F335" s="2" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B336" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C336" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D336" t="s">
         <v>1294</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" s="2" t="s">
         <v>1295</v>
       </c>
-      <c r="E336" s="2" t="s">
+      <c r="F336" s="2" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B337" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C337" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="D337" t="s">
         <v>1298</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B338" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C338" t="s">
         <v>1301</v>
       </c>
       <c r="D338" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E338" s="2" t="s">
         <v>1302</v>
       </c>
-      <c r="E338" s="2" t="s">
+      <c r="F338" s="2" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B339" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C339" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D339" t="s">
         <v>1305</v>
-      </c>
-[...1 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B340" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C340" t="s">
         <v>1308</v>
       </c>
       <c r="D340" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E340" s="2" t="s">
         <v>1309</v>
       </c>
-      <c r="E340" s="2" t="s">
+      <c r="F340" s="2" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B341" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C341" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="D341" t="s">
         <v>1312</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1313</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B342" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C342" t="s">
         <v>1315</v>
       </c>
       <c r="D342" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E342" s="2" t="s">
         <v>1316</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="F342" s="2" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B343" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C343" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D343" t="s">
         <v>1319</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" s="2" t="s">
         <v>1320</v>
       </c>
-      <c r="E343" s="2" t="s">
+      <c r="F343" s="2" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B344" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C344" t="s">
-        <v>333</v>
+        <v>1322</v>
       </c>
       <c r="D344" t="s">
-        <v>334</v>
+        <v>1323</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>335</v>
+        <v>1324</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>336</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B345" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C345" t="s">
-        <v>1323</v>
+        <v>336</v>
       </c>
       <c r="D345" t="s">
-        <v>1324</v>
+        <v>337</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1325</v>
+        <v>338</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1326</v>
+        <v>339</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B346" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C346" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D346" t="s">
         <v>1327</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" s="2" t="s">
         <v>1328</v>
       </c>
-      <c r="E346" s="2" t="s">
+      <c r="F346" s="2" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B347" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C347" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D347" t="s">
         <v>1331</v>
       </c>
-      <c r="D347" t="s">
+      <c r="E347" s="2" t="s">
         <v>1332</v>
       </c>
-      <c r="E347" s="2" t="s">
+      <c r="F347" s="2" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D348" t="s">
         <v>1335</v>
       </c>
-      <c r="B348" t="s">
+      <c r="E348" s="2" t="s">
         <v>1336</v>
       </c>
-      <c r="C348" t="s">
+      <c r="F348" s="2" t="s">
         <v>1337</v>
-      </c>
-[...7 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B349" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C349" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D349" t="s">
         <v>1341</v>
       </c>
-      <c r="D349" t="s">
+      <c r="E349" s="2" t="s">
         <v>1342</v>
       </c>
-      <c r="E349" s="2" t="s">
+      <c r="F349" s="2" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B350" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C350" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D350" t="s">
         <v>1345</v>
       </c>
-      <c r="D350" t="s">
+      <c r="E350" s="2" t="s">
         <v>1346</v>
       </c>
-      <c r="E350" s="2" t="s">
+      <c r="F350" s="2" t="s">
         <v>1347</v>
-      </c>
-[...1 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B351" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C351" t="s">
-        <v>259</v>
+        <v>1348</v>
       </c>
       <c r="D351" t="s">
-        <v>260</v>
+        <v>1349</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B352" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C352" t="s">
-        <v>424</v>
+        <v>259</v>
       </c>
       <c r="D352" t="s">
-        <v>425</v>
+        <v>260</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B353" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C353" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="D353" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B354" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C354" t="s">
-        <v>1355</v>
+        <v>443</v>
       </c>
       <c r="D354" t="s">
+        <v>444</v>
+      </c>
+      <c r="E354" s="2" t="s">
         <v>1356</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B355" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C355" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D355" t="s">
         <v>1359</v>
       </c>
-      <c r="D355" t="s">
+      <c r="E355" s="2" t="s">
         <v>1360</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B356" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C356" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D356" t="s">
         <v>1363</v>
       </c>
-      <c r="D356" t="s">
+      <c r="E356" s="2" t="s">
         <v>1364</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B357" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C357" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D357" t="s">
         <v>1367</v>
       </c>
-      <c r="D357" t="s">
+      <c r="E357" s="2" t="s">
         <v>1368</v>
       </c>
-      <c r="E357" s="2" t="s">
+      <c r="F357" s="2" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B358" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C358" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D358" t="s">
         <v>1371</v>
       </c>
-      <c r="D358" t="s">
+      <c r="E358" s="2" t="s">
         <v>1372</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="F358" s="2" t="s">
         <v>1373</v>
-      </c>
-[...1 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B359" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C359" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D359" t="s">
         <v>1375</v>
       </c>
-      <c r="D359" t="s">
+      <c r="E359" s="2" t="s">
         <v>1376</v>
       </c>
-      <c r="E359" s="2" t="s">
+      <c r="F359" s="2" t="s">
         <v>1377</v>
-      </c>
-[...1 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B360" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C360" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D360" t="s">
         <v>1379</v>
       </c>
-      <c r="D360" t="s">
+      <c r="E360" s="2" t="s">
         <v>1380</v>
       </c>
-      <c r="E360" s="2" t="s">
+      <c r="F360" s="2" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B361" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C361" t="s">
-        <v>267</v>
+        <v>1382</v>
       </c>
       <c r="D361" t="s">
-        <v>268</v>
+        <v>1383</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>269</v>
+        <v>1384</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B362" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C362" t="s">
-        <v>708</v>
+        <v>267</v>
       </c>
       <c r="D362" t="s">
-        <v>709</v>
+        <v>268</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>940</v>
+        <v>269</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B363" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C363" t="s">
-        <v>1385</v>
+        <v>711</v>
       </c>
       <c r="D363" t="s">
-        <v>1386</v>
+        <v>712</v>
       </c>
       <c r="E363" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="F363" s="2" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B364" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C364" t="s">
-        <v>275</v>
+        <v>1388</v>
       </c>
       <c r="D364" t="s">
-        <v>276</v>
+        <v>1389</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>277</v>
+        <v>1390</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>278</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B365" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C365" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D365" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1389</v>
+        <v>277</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1390</v>
+        <v>278</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B366" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C366" t="s">
-        <v>483</v>
+        <v>279</v>
       </c>
       <c r="D366" t="s">
-        <v>484</v>
+        <v>280</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>485</v>
+        <v>1392</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>486</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1391</v>
+        <v>1338</v>
       </c>
       <c r="B367" t="s">
-        <v>1392</v>
+        <v>1339</v>
       </c>
       <c r="C367" t="s">
-        <v>1393</v>
+        <v>486</v>
       </c>
       <c r="D367" t="s">
-        <v>1394</v>
+        <v>487</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1395</v>
+        <v>488</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1396</v>
+        <v>489</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B368" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C368" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D368" t="s">
         <v>1397</v>
       </c>
-      <c r="D368" t="s">
+      <c r="E368" s="2" t="s">
         <v>1398</v>
       </c>
-      <c r="E368" s="2" t="s">
+      <c r="F368" s="2" t="s">
         <v>1399</v>
-      </c>
-[...1 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B369" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C369" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D369" t="s">
         <v>1401</v>
       </c>
-      <c r="D369" t="s">
+      <c r="E369" s="2" t="s">
         <v>1402</v>
       </c>
-      <c r="E369" s="2" t="s">
+      <c r="F369" s="2" t="s">
         <v>1403</v>
-      </c>
-[...1 lines deleted...]
-        <v>1404</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B370" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C370" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D370" t="s">
         <v>1405</v>
       </c>
-      <c r="D370" t="s">
+      <c r="E370" s="2" t="s">
         <v>1406</v>
       </c>
-      <c r="E370" s="2" t="s">
+      <c r="F370" s="2" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B371" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C371" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D371" t="s">
         <v>1409</v>
       </c>
-      <c r="D371" t="s">
+      <c r="E371" s="2" t="s">
         <v>1410</v>
       </c>
-      <c r="E371" s="2" t="s">
+      <c r="F371" s="2" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B372" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C372" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D372" t="s">
         <v>1413</v>
       </c>
-      <c r="D372" t="s">
+      <c r="E372" s="2" t="s">
         <v>1414</v>
       </c>
-      <c r="E372" s="2" t="s">
+      <c r="F372" s="2" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B373" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C373" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D373" t="s">
         <v>1417</v>
       </c>
-      <c r="D373" t="s">
+      <c r="E373" s="2" t="s">
         <v>1418</v>
       </c>
-      <c r="E373" s="2" t="s">
+      <c r="F373" s="2" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B374" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C374" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D374" t="s">
         <v>1421</v>
       </c>
-      <c r="D374" t="s">
+      <c r="E374" s="2" t="s">
         <v>1422</v>
       </c>
-      <c r="E374" s="2" t="s">
+      <c r="F374" s="2" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B375" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C375" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D375" t="s">
         <v>1425</v>
       </c>
-      <c r="D375" t="s">
+      <c r="E375" s="2" t="s">
         <v>1426</v>
       </c>
-      <c r="E375" s="2" t="s">
+      <c r="F375" s="2" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B376" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C376" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D376" t="s">
         <v>1429</v>
       </c>
-      <c r="D376" t="s">
+      <c r="E376" s="2" t="s">
         <v>1430</v>
       </c>
-      <c r="E376" s="2" t="s">
+      <c r="F376" s="2" t="s">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B377" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C377" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D377" t="s">
         <v>1433</v>
       </c>
-      <c r="D377" t="s">
+      <c r="E377" s="2" t="s">
         <v>1434</v>
       </c>
-      <c r="E377" s="2" t="s">
+      <c r="F377" s="2" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B378" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C378" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D378" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B379" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C379" t="s">
         <v>1440</v>
       </c>
       <c r="D379" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E379" s="2" t="s">
         <v>1441</v>
       </c>
-      <c r="E379" s="2" t="s">
+      <c r="F379" s="2" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B380" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C380" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D380" t="s">
         <v>1444</v>
       </c>
-      <c r="D380" t="s">
+      <c r="E380" s="2" t="s">
         <v>1445</v>
       </c>
-      <c r="E380" s="2" t="s">
+      <c r="F380" s="2" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B381" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C381" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D381" t="s">
         <v>1448</v>
       </c>
-      <c r="D381" t="s">
+      <c r="E381" s="2" t="s">
         <v>1449</v>
       </c>
-      <c r="E381" s="2" t="s">
+      <c r="F381" s="2" t="s">
         <v>1450</v>
-      </c>
-[...1 lines deleted...]
-        <v>1451</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B382" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C382" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D382" t="s">
         <v>1452</v>
       </c>
-      <c r="D382" t="s">
+      <c r="E382" s="2" t="s">
         <v>1453</v>
       </c>
-      <c r="E382" s="2" t="s">
+      <c r="F382" s="2" t="s">
         <v>1454</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B383" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C383" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D383" t="s">
         <v>1456</v>
       </c>
-      <c r="D383" t="s">
+      <c r="E383" s="2" t="s">
         <v>1457</v>
       </c>
-      <c r="E383" s="2" t="s">
+      <c r="F383" s="2" t="s">
         <v>1458</v>
-      </c>
-[...1 lines deleted...]
-        <v>1459</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B384" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C384" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D384" t="s">
         <v>1460</v>
       </c>
-      <c r="D384" t="s">
+      <c r="E384" s="2" t="s">
         <v>1461</v>
       </c>
-      <c r="E384" s="2" t="s">
+      <c r="F384" s="2" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B385" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C385" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D385" t="s">
         <v>1464</v>
       </c>
-      <c r="D385" t="s">
+      <c r="E385" s="2" t="s">
         <v>1465</v>
       </c>
-      <c r="E385" s="2" t="s">
+      <c r="F385" s="2" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B386" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C386" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D386" t="s">
         <v>1468</v>
       </c>
-      <c r="D386" t="s">
+      <c r="E386" s="2" t="s">
         <v>1469</v>
       </c>
-      <c r="E386" s="2" t="s">
+      <c r="F386" s="2" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B387" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C387" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D387" t="s">
         <v>1472</v>
       </c>
-      <c r="D387" t="s">
+      <c r="E387" s="2" t="s">
         <v>1473</v>
       </c>
-      <c r="E387" s="2" t="s">
+      <c r="F387" s="2" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B388" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C388" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D388" t="s">
         <v>1476</v>
       </c>
-      <c r="D388" t="s">
+      <c r="E388" s="2" t="s">
         <v>1477</v>
       </c>
-      <c r="E388" s="2" t="s">
+      <c r="F388" s="2" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B389" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C389" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D389" t="s">
         <v>1480</v>
       </c>
-      <c r="D389" t="s">
+      <c r="E389" s="2" t="s">
         <v>1481</v>
       </c>
-      <c r="E389" s="2" t="s">
+      <c r="F389" s="2" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B390" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C390" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D390" t="s">
         <v>1484</v>
       </c>
-      <c r="D390" t="s">
+      <c r="E390" s="2" t="s">
         <v>1485</v>
       </c>
-      <c r="E390" s="2" t="s">
+      <c r="F390" s="2" t="s">
         <v>1486</v>
-      </c>
-[...1 lines deleted...]
-        <v>1487</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B391" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C391" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D391" t="s">
         <v>1488</v>
       </c>
-      <c r="D391" t="s">
+      <c r="E391" s="2" t="s">
         <v>1489</v>
       </c>
-      <c r="E391" s="2" t="s">
+      <c r="F391" s="2" t="s">
         <v>1490</v>
-      </c>
-[...1 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B392" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C392" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D392" t="s">
         <v>1492</v>
       </c>
-      <c r="D392" t="s">
+      <c r="E392" s="2" t="s">
         <v>1493</v>
       </c>
-      <c r="E392" s="2" t="s">
+      <c r="F392" s="2" t="s">
         <v>1494</v>
-      </c>
-[...1 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B393" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C393" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D393" t="s">
         <v>1496</v>
       </c>
-      <c r="D393" t="s">
+      <c r="E393" s="2" t="s">
         <v>1497</v>
       </c>
-      <c r="E393" s="2" t="s">
+      <c r="F393" s="2" t="s">
         <v>1498</v>
-      </c>
-[...1 lines deleted...]
-        <v>1499</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B394" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C394" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D394" t="s">
         <v>1500</v>
       </c>
-      <c r="D394" t="s">
+      <c r="E394" s="2" t="s">
         <v>1501</v>
       </c>
-      <c r="E394" s="2" t="s">
+      <c r="F394" s="2" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B395" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C395" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D395" t="s">
         <v>1504</v>
       </c>
-      <c r="D395" t="s">
+      <c r="E395" s="2" t="s">
         <v>1505</v>
       </c>
-      <c r="E395" s="2" t="s">
+      <c r="F395" s="2" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B396" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="C396" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D396" t="s">
         <v>1508</v>
       </c>
-      <c r="D396" t="s">
+      <c r="E396" s="2" t="s">
         <v>1509</v>
       </c>
-      <c r="E396" s="2" t="s">
+      <c r="F396" s="2" t="s">
         <v>1510</v>
-      </c>
-[...1 lines deleted...]
-        <v>1511</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D397" t="s">
         <v>1512</v>
       </c>
-      <c r="B397" t="s">
+      <c r="E397" s="2" t="s">
         <v>1513</v>
       </c>
-      <c r="C397" t="s">
+      <c r="F397" s="2" t="s">
         <v>1514</v>
-      </c>
-[...7 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B398" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="C398" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D398" t="s">
         <v>1518</v>
       </c>
-      <c r="D398" t="s">
+      <c r="E398" s="2" t="s">
         <v>1519</v>
       </c>
-      <c r="E398" s="2" t="s">
+      <c r="F398" s="2" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B399" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="C399" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D399" t="s">
         <v>1522</v>
       </c>
-      <c r="D399" t="s">
+      <c r="E399" s="2" t="s">
         <v>1523</v>
       </c>
-      <c r="E399" s="2" t="s">
+      <c r="F399" s="2" t="s">
         <v>1524</v>
-      </c>
-[...1 lines deleted...]
-        <v>1525</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B400" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="C400" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D400" t="s">
         <v>1526</v>
       </c>
-      <c r="D400" t="s">
+      <c r="E400" s="2" t="s">
         <v>1527</v>
       </c>
-      <c r="E400" s="2" t="s">
+      <c r="F400" s="2" t="s">
         <v>1528</v>
-      </c>
-[...1 lines deleted...]
-        <v>1529</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="B401" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="C401" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D401" t="s">
         <v>1530</v>
       </c>
-      <c r="D401" t="s">
+      <c r="E401" s="2" t="s">
         <v>1531</v>
       </c>
-      <c r="E401" s="2" t="s">
+      <c r="F401" s="2" t="s">
         <v>1532</v>
-      </c>
-[...1 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D402" t="s">
         <v>1534</v>
       </c>
-      <c r="B402" t="s">
+      <c r="E402" s="2" t="s">
         <v>1535</v>
       </c>
-      <c r="C402" t="s">
+      <c r="F402" s="2" t="s">
         <v>1536</v>
-      </c>
-[...7 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D403" t="s">
         <v>1540</v>
       </c>
-      <c r="B403" t="s">
+      <c r="E403" s="2" t="s">
         <v>1541</v>
       </c>
-      <c r="C403" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F403" s="2" t="s">
-        <v>1354</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B404" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C404" t="s">
-        <v>1542</v>
+        <v>443</v>
       </c>
       <c r="D404" t="s">
-        <v>1543</v>
+        <v>444</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1544</v>
+        <v>1356</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1545</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B405" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C405" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D405" t="s">
         <v>1546</v>
       </c>
-      <c r="D405" t="s">
+      <c r="E405" s="2" t="s">
         <v>1547</v>
       </c>
-      <c r="E405" s="2" t="s">
+      <c r="F405" s="2" t="s">
         <v>1548</v>
-      </c>
-[...1 lines deleted...]
-        <v>1549</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B406" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C406" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D406" t="s">
         <v>1550</v>
       </c>
-      <c r="D406" t="s">
+      <c r="E406" s="2" t="s">
         <v>1551</v>
       </c>
-      <c r="E406" s="2" t="s">
+      <c r="F406" s="2" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B407" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C407" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D407" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1364</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>1555</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>1556</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B408" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C408" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D408" t="s">
         <v>1367</v>
       </c>
-      <c r="D408" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E408" s="2" t="s">
-        <v>1369</v>
+        <v>1558</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B409" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C409" t="s">
-        <v>1558</v>
+        <v>1370</v>
       </c>
       <c r="D409" t="s">
-        <v>1559</v>
+        <v>1371</v>
       </c>
       <c r="E409" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F409" s="2" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B410" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C410" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D410" t="s">
         <v>1562</v>
       </c>
-      <c r="D410" t="s">
+      <c r="E410" s="2" t="s">
         <v>1563</v>
       </c>
-      <c r="E410" s="2" t="s">
+      <c r="F410" s="2" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B411" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C411" t="s">
-        <v>267</v>
+        <v>1565</v>
       </c>
       <c r="D411" t="s">
-        <v>268</v>
+        <v>1566</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>269</v>
+        <v>1567</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B412" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C412" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="D412" t="s">
-        <v>334</v>
+        <v>268</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1567</v>
+        <v>269</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B413" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C413" t="s">
-        <v>1569</v>
+        <v>336</v>
       </c>
       <c r="D413" t="s">
+        <v>337</v>
+      </c>
+      <c r="E413" s="2" t="s">
         <v>1570</v>
       </c>
-      <c r="E413" s="2" t="s">
+      <c r="F413" s="2" t="s">
         <v>1571</v>
-      </c>
-[...1 lines deleted...]
-        <v>1572</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B414" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C414" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D414" t="s">
         <v>1573</v>
       </c>
-      <c r="D414" t="s">
+      <c r="E414" s="2" t="s">
         <v>1574</v>
       </c>
-      <c r="E414" s="2" t="s">
+      <c r="F414" s="2" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B415" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C415" t="s">
-        <v>271</v>
+        <v>1576</v>
       </c>
       <c r="D415" t="s">
-        <v>272</v>
+        <v>1577</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>273</v>
+        <v>1578</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>274</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B416" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C416" t="s">
-        <v>942</v>
+        <v>271</v>
       </c>
       <c r="D416" t="s">
-        <v>705</v>
+        <v>272</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1577</v>
+        <v>273</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1578</v>
+        <v>274</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B417" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C417" t="s">
-        <v>275</v>
+        <v>945</v>
       </c>
       <c r="D417" t="s">
-        <v>276</v>
+        <v>708</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>277</v>
+        <v>1580</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>278</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B418" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C418" t="s">
-        <v>1579</v>
+        <v>275</v>
       </c>
       <c r="D418" t="s">
-        <v>1580</v>
+        <v>276</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1581</v>
+        <v>277</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1582</v>
+        <v>278</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="B419" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="C419" t="s">
-        <v>279</v>
+        <v>1582</v>
       </c>
       <c r="D419" t="s">
-        <v>280</v>
+        <v>1583</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>281</v>
+        <v>1584</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>282</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1583</v>
+        <v>1543</v>
       </c>
       <c r="B420" t="s">
-        <v>1584</v>
+        <v>1544</v>
       </c>
       <c r="C420" t="s">
-        <v>1585</v>
+        <v>279</v>
       </c>
       <c r="D420" t="s">
-        <v>1586</v>
+        <v>280</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1587</v>
+        <v>281</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1588</v>
+        <v>282</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B421" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="C421" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D421" t="s">
         <v>1589</v>
       </c>
-      <c r="D421" t="s">
+      <c r="E421" s="2" t="s">
         <v>1590</v>
       </c>
-      <c r="E421" s="2" t="s">
+      <c r="F421" s="2" t="s">
         <v>1591</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B422" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="C422" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D422" t="s">
         <v>1593</v>
       </c>
-      <c r="D422" t="s">
+      <c r="E422" s="2" t="s">
         <v>1594</v>
       </c>
-      <c r="E422" s="2" t="s">
+      <c r="F422" s="2" t="s">
         <v>1595</v>
-      </c>
-[...1 lines deleted...]
-        <v>1596</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B423" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="C423" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D423" t="s">
         <v>1597</v>
       </c>
-      <c r="D423" t="s">
+      <c r="E423" s="2" t="s">
         <v>1598</v>
       </c>
-      <c r="E423" s="2" t="s">
+      <c r="F423" s="2" t="s">
         <v>1599</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B424" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="C424" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D424" t="s">
         <v>1601</v>
       </c>
-      <c r="D424" t="s">
+      <c r="E424" s="2" t="s">
         <v>1602</v>
       </c>
-      <c r="E424" s="2" t="s">
+      <c r="F424" s="2" t="s">
         <v>1603</v>
-      </c>
-[...1 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B425" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="C425" t="s">
-        <v>64</v>
+        <v>1604</v>
       </c>
       <c r="D425" t="s">
         <v>1605</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B426" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="C426" t="s">
+        <v>64</v>
+      </c>
+      <c r="D426" t="s">
         <v>1608</v>
       </c>
-      <c r="D426" t="s">
+      <c r="E426" s="2" t="s">
         <v>1609</v>
       </c>
-      <c r="E426" s="2" t="s">
+      <c r="F426" s="2" t="s">
         <v>1610</v>
-      </c>
-[...1 lines deleted...]
-        <v>1611</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D427" t="s">
         <v>1612</v>
       </c>
-      <c r="B427" t="s">
+      <c r="E427" s="2" t="s">
         <v>1613</v>
       </c>
-      <c r="C427" t="s">
+      <c r="F427" s="2" t="s">
         <v>1614</v>
-      </c>
-[...7 lines deleted...]
-        <v>1617</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="B428" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C428" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D428" t="s">
         <v>1618</v>
       </c>
-      <c r="D428" t="s">
+      <c r="E428" s="2" t="s">
         <v>1619</v>
       </c>
-      <c r="E428" s="2" t="s">
+      <c r="F428" s="2" t="s">
         <v>1620</v>
-      </c>
-[...1 lines deleted...]
-        <v>1621</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="B429" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C429" t="s">
-        <v>271</v>
+        <v>1621</v>
       </c>
       <c r="D429" t="s">
-        <v>272</v>
+        <v>1622</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="B430" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C430" t="s">
-        <v>1624</v>
+        <v>271</v>
       </c>
       <c r="D430" t="s">
+        <v>272</v>
+      </c>
+      <c r="E430" s="2" t="s">
         <v>1625</v>
       </c>
-      <c r="E430" s="2" t="s">
+      <c r="F430" s="2" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B431" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D431" t="s">
         <v>1628</v>
       </c>
-      <c r="B431" t="s">
+      <c r="E431" s="2" t="s">
         <v>1629</v>
       </c>
-      <c r="C431" t="s">
+      <c r="F431" s="2" t="s">
         <v>1630</v>
-      </c>
-[...7 lines deleted...]
-        <v>1632</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B432" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C432" t="s">
         <v>1633</v>
       </c>
       <c r="D432" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E432" s="2" t="s">
         <v>1634</v>
       </c>
-      <c r="E432" s="2" t="s">
+      <c r="F432" s="2" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B433" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C433" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D433" t="s">
         <v>1637</v>
       </c>
-      <c r="D433" t="s">
+      <c r="E433" s="2" t="s">
         <v>1638</v>
       </c>
-      <c r="E433" s="2" t="s">
+      <c r="F433" s="2" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B434" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C434" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D434" t="s">
         <v>1641</v>
       </c>
-      <c r="D434" t="s">
+      <c r="E434" s="2" t="s">
         <v>1642</v>
       </c>
-      <c r="E434" s="2" t="s">
+      <c r="F434" s="2" t="s">
         <v>1643</v>
-      </c>
-[...1 lines deleted...]
-        <v>1644</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B435" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C435" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D435" t="s">
         <v>1645</v>
       </c>
-      <c r="D435" t="s">
+      <c r="E435" s="2" t="s">
         <v>1646</v>
       </c>
-      <c r="E435" s="2" t="s">
+      <c r="F435" s="2" t="s">
         <v>1647</v>
-      </c>
-[...1 lines deleted...]
-        <v>1648</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B436" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C436" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D436" t="s">
         <v>1649</v>
       </c>
-      <c r="D436" t="s">
+      <c r="E436" s="2" t="s">
         <v>1650</v>
       </c>
-      <c r="E436" s="2" t="s">
+      <c r="F436" s="2" t="s">
         <v>1651</v>
-      </c>
-[...1 lines deleted...]
-        <v>1652</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B437" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C437" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D437" t="s">
         <v>1653</v>
       </c>
-      <c r="D437" t="s">
+      <c r="E437" s="2" t="s">
         <v>1654</v>
       </c>
-      <c r="E437" s="2" t="s">
+      <c r="F437" s="2" t="s">
         <v>1655</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B438" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C438" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D438" t="s">
         <v>1657</v>
       </c>
-      <c r="D438" t="s">
+      <c r="E438" s="2" t="s">
         <v>1658</v>
       </c>
-      <c r="E438" s="2" t="s">
+      <c r="F438" s="2" t="s">
         <v>1659</v>
-      </c>
-[...1 lines deleted...]
-        <v>1660</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B439" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C439" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D439" t="s">
         <v>1661</v>
       </c>
-      <c r="D439" t="s">
+      <c r="E439" s="2" t="s">
         <v>1662</v>
       </c>
-      <c r="E439" s="2" t="s">
+      <c r="F439" s="2" t="s">
         <v>1663</v>
-      </c>
-[...1 lines deleted...]
-        <v>1664</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B440" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C440" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D440" t="s">
         <v>1665</v>
       </c>
-      <c r="D440" t="s">
+      <c r="E440" s="2" t="s">
         <v>1666</v>
       </c>
-      <c r="E440" s="2" t="s">
+      <c r="F440" s="2" t="s">
         <v>1667</v>
-      </c>
-[...1 lines deleted...]
-        <v>1668</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D441" t="s">
         <v>1669</v>
       </c>
-      <c r="B441" t="s">
+      <c r="E441" s="2" t="s">
         <v>1670</v>
       </c>
-      <c r="C441" t="s">
+      <c r="F441" s="2" t="s">
         <v>1671</v>
-      </c>
-[...7 lines deleted...]
-        <v>1674</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B442" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C442" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D442" t="s">
         <v>1675</v>
       </c>
-      <c r="D442" t="s">
+      <c r="E442" s="2" t="s">
         <v>1676</v>
       </c>
-      <c r="E442" s="2" t="s">
+      <c r="F442" s="2" t="s">
         <v>1677</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B443" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C443" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D443" t="s">
         <v>1679</v>
       </c>
-      <c r="D443" t="s">
+      <c r="E443" s="2" t="s">
         <v>1680</v>
       </c>
-      <c r="E443" s="2" t="s">
+      <c r="F443" s="2" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B444" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C444" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D444" t="s">
         <v>1683</v>
       </c>
-      <c r="D444" t="s">
+      <c r="E444" s="2" t="s">
         <v>1684</v>
       </c>
-      <c r="E444" s="2" t="s">
+      <c r="F444" s="2" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B445" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C445" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D445" t="s">
         <v>1687</v>
       </c>
-      <c r="D445" t="s">
+      <c r="E445" s="2" t="s">
         <v>1688</v>
       </c>
-      <c r="E445" s="2" t="s">
+      <c r="F445" s="2" t="s">
         <v>1689</v>
-      </c>
-[...1 lines deleted...]
-        <v>1690</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B446" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C446" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D446" t="s">
         <v>1691</v>
       </c>
-      <c r="D446" t="s">
+      <c r="E446" s="2" t="s">
         <v>1692</v>
       </c>
-      <c r="E446" s="2" t="s">
+      <c r="F446" s="2" t="s">
         <v>1693</v>
-      </c>
-[...1 lines deleted...]
-        <v>1694</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B447" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C447" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D447" t="s">
         <v>1695</v>
       </c>
-      <c r="D447" t="s">
+      <c r="E447" s="2" t="s">
         <v>1696</v>
       </c>
-      <c r="E447" s="2" t="s">
+      <c r="F447" s="2" t="s">
         <v>1697</v>
-      </c>
-[...1 lines deleted...]
-        <v>1698</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B448" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C448" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D448" t="s">
         <v>1699</v>
       </c>
-      <c r="D448" t="s">
+      <c r="E448" s="2" t="s">
         <v>1700</v>
       </c>
-      <c r="E448" s="2" t="s">
+      <c r="F448" s="2" t="s">
         <v>1701</v>
-      </c>
-[...1 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B449" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C449" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D449" t="s">
         <v>1703</v>
       </c>
-      <c r="D449" t="s">
+      <c r="E449" s="2" t="s">
         <v>1704</v>
       </c>
-      <c r="E449" s="2" t="s">
+      <c r="F449" s="2" t="s">
         <v>1705</v>
-      </c>
-[...1 lines deleted...]
-        <v>1706</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B450" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C450" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D450" t="s">
         <v>1707</v>
       </c>
-      <c r="D450" t="s">
+      <c r="E450" s="2" t="s">
         <v>1708</v>
       </c>
-      <c r="E450" s="2" t="s">
+      <c r="F450" s="2" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B451" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C451" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D451" t="s">
         <v>1711</v>
       </c>
-      <c r="D451" t="s">
+      <c r="E451" s="2" t="s">
         <v>1712</v>
       </c>
-      <c r="E451" s="2" t="s">
+      <c r="F451" s="2" t="s">
         <v>1713</v>
-      </c>
-[...1 lines deleted...]
-        <v>1714</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="B452" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="C452" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D452" t="s">
         <v>1715</v>
       </c>
-      <c r="D452" t="s">
+      <c r="E452" s="2" t="s">
         <v>1716</v>
       </c>
-      <c r="E452" s="2" t="s">
+      <c r="F452" s="2" t="s">
         <v>1717</v>
-      </c>
-[...1 lines deleted...]
-        <v>1718</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D453" t="s">
         <v>1719</v>
       </c>
-      <c r="B453" t="s">
+      <c r="E453" s="2" t="s">
         <v>1720</v>
       </c>
-      <c r="C453" t="s">
+      <c r="F453" s="2" t="s">
         <v>1721</v>
-      </c>
-[...7 lines deleted...]
-        <v>1724</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="B454" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="C454" t="s">
-        <v>267</v>
+        <v>1724</v>
       </c>
       <c r="D454" t="s">
-        <v>268</v>
+        <v>1725</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>269</v>
+        <v>1726</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="B455" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="C455" t="s">
-        <v>1726</v>
+        <v>267</v>
       </c>
       <c r="D455" t="s">
-        <v>1727</v>
+        <v>268</v>
       </c>
       <c r="E455" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F455" s="2" t="s">
         <v>1728</v>
-      </c>
-[...1 lines deleted...]
-        <v>1729</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D456" t="s">
         <v>1730</v>
       </c>
-      <c r="B456" t="s">
+      <c r="E456" s="2" t="s">
         <v>1731</v>
       </c>
-      <c r="C456" t="s">
-[...5 lines deleted...]
-      <c r="E456" s="2" t="s">
+      <c r="F456" s="2" t="s">
         <v>1732</v>
-      </c>
-[...1 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="B457" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="C457" t="s">
-        <v>1734</v>
+        <v>443</v>
       </c>
       <c r="D457" t="s">
+        <v>444</v>
+      </c>
+      <c r="E457" s="2" t="s">
         <v>1735</v>
       </c>
-      <c r="E457" s="2" t="s">
+      <c r="F457" s="2" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="B458" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="C458" t="s">
-        <v>1385</v>
+        <v>1737</v>
       </c>
       <c r="D458" t="s">
-        <v>1386</v>
+        <v>1738</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="B459" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="C459" t="s">
-        <v>1740</v>
+        <v>1388</v>
       </c>
       <c r="D459" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E459" s="2" t="s">
         <v>1741</v>
       </c>
-      <c r="E459" s="2" t="s">
+      <c r="F459" s="2" t="s">
         <v>1742</v>
-      </c>
-[...1 lines deleted...]
-        <v>1743</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D460" t="s">
         <v>1744</v>
       </c>
-      <c r="B460" t="s">
+      <c r="E460" s="2" t="s">
         <v>1745</v>
       </c>
-      <c r="C460" t="s">
+      <c r="F460" s="2" t="s">
         <v>1746</v>
-      </c>
-[...7 lines deleted...]
-        <v>1749</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B461" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="C461" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D461" t="s">
         <v>1750</v>
       </c>
-      <c r="D461" t="s">
+      <c r="E461" s="2" t="s">
         <v>1751</v>
       </c>
-      <c r="E461" s="2" t="s">
+      <c r="F461" s="2" t="s">
         <v>1752</v>
-      </c>
-[...1 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B462" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="C462" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D462" t="s">
         <v>1754</v>
       </c>
-      <c r="D462" t="s">
+      <c r="E462" s="2" t="s">
         <v>1755</v>
       </c>
-      <c r="E462" s="2" t="s">
+      <c r="F462" s="2" t="s">
         <v>1756</v>
-      </c>
-[...1 lines deleted...]
-        <v>1757</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B463" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="C463" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D463" t="s">
         <v>1758</v>
       </c>
-      <c r="D463" t="s">
+      <c r="E463" s="2" t="s">
         <v>1759</v>
       </c>
-      <c r="E463" s="2" t="s">
+      <c r="F463" s="2" t="s">
         <v>1760</v>
-      </c>
-[...1 lines deleted...]
-        <v>1761</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B464" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="C464" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D464" t="s">
         <v>1762</v>
       </c>
-      <c r="D464" t="s">
+      <c r="E464" s="2" t="s">
         <v>1763</v>
       </c>
-      <c r="E464" s="2" t="s">
+      <c r="F464" s="2" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B465" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="C465" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D465" t="s">
         <v>1766</v>
       </c>
-      <c r="D465" t="s">
+      <c r="E465" s="2" t="s">
         <v>1767</v>
       </c>
-      <c r="E465" s="2" t="s">
+      <c r="F465" s="2" t="s">
         <v>1768</v>
-      </c>
-[...1 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="B466" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="C466" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D466" t="s">
         <v>1770</v>
       </c>
-      <c r="D466" t="s">
+      <c r="E466" s="2" t="s">
         <v>1771</v>
       </c>
-      <c r="E466" s="2" t="s">
+      <c r="F466" s="2" t="s">
         <v>1772</v>
-      </c>
-[...1 lines deleted...]
-        <v>1773</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D467" t="s">
         <v>1774</v>
       </c>
-      <c r="B467" t="s">
+      <c r="E467" s="2" t="s">
         <v>1775</v>
       </c>
-      <c r="C467" t="s">
+      <c r="F467" s="2" t="s">
         <v>1776</v>
-      </c>
-[...7 lines deleted...]
-        <v>1779</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B468" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C468" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D468" t="s">
         <v>1780</v>
       </c>
-      <c r="D468" t="s">
+      <c r="E468" s="2" t="s">
         <v>1781</v>
       </c>
-      <c r="E468" s="2" t="s">
+      <c r="F468" s="2" t="s">
         <v>1782</v>
-      </c>
-[...1 lines deleted...]
-        <v>1783</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B469" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C469" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D469" t="s">
         <v>1784</v>
       </c>
-      <c r="D469" t="s">
+      <c r="E469" s="2" t="s">
         <v>1785</v>
       </c>
-      <c r="E469" s="2" t="s">
+      <c r="F469" s="2" t="s">
         <v>1786</v>
-      </c>
-[...1 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B470" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C470" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D470" t="s">
         <v>1788</v>
       </c>
-      <c r="D470" t="s">
+      <c r="E470" s="2" t="s">
         <v>1789</v>
       </c>
-      <c r="E470" s="2" t="s">
+      <c r="F470" s="2" t="s">
         <v>1790</v>
-      </c>
-[...1 lines deleted...]
-        <v>1791</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B471" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C471" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D471" t="s">
         <v>1792</v>
       </c>
-      <c r="D471" t="s">
+      <c r="E471" s="2" t="s">
         <v>1793</v>
       </c>
-      <c r="E471" s="2" t="s">
+      <c r="F471" s="2" t="s">
         <v>1794</v>
-      </c>
-[...1 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B472" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C472" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D472" t="s">
         <v>1796</v>
       </c>
-      <c r="D472" t="s">
+      <c r="E472" s="2" t="s">
         <v>1797</v>
       </c>
-      <c r="E472" s="2" t="s">
+      <c r="F472" s="2" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B473" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C473" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D473" t="s">
         <v>1800</v>
       </c>
-      <c r="D473" t="s">
+      <c r="E473" s="2" t="s">
         <v>1801</v>
       </c>
-      <c r="E473" s="2" t="s">
+      <c r="F473" s="2" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B474" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C474" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D474" t="s">
         <v>1804</v>
       </c>
-      <c r="D474" t="s">
+      <c r="E474" s="2" t="s">
         <v>1805</v>
       </c>
-      <c r="E474" s="2" t="s">
+      <c r="F474" s="2" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B475" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C475" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D475" t="s">
         <v>1808</v>
       </c>
-      <c r="D475" t="s">
+      <c r="E475" s="2" t="s">
         <v>1809</v>
       </c>
-      <c r="E475" s="2" t="s">
+      <c r="F475" s="2" t="s">
         <v>1810</v>
-      </c>
-[...1 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B476" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C476" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D476" t="s">
         <v>1812</v>
       </c>
-      <c r="D476" t="s">
+      <c r="E476" s="2" t="s">
         <v>1813</v>
       </c>
-      <c r="E476" s="2" t="s">
+      <c r="F476" s="2" t="s">
         <v>1814</v>
-      </c>
-[...1 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B477" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C477" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D477" t="s">
         <v>1816</v>
       </c>
-      <c r="D477" t="s">
+      <c r="E477" s="2" t="s">
         <v>1817</v>
       </c>
-      <c r="E477" s="2" t="s">
+      <c r="F477" s="2" t="s">
         <v>1818</v>
-      </c>
-[...1 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B478" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C478" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D478" t="s">
         <v>1820</v>
       </c>
-      <c r="D478" t="s">
+      <c r="E478" s="2" t="s">
         <v>1821</v>
       </c>
-      <c r="E478" s="2" t="s">
+      <c r="F478" s="2" t="s">
         <v>1822</v>
-      </c>
-[...1 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B479" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="C479" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D479" t="s">
         <v>1824</v>
       </c>
-      <c r="D479" t="s">
+      <c r="E479" s="2" t="s">
         <v>1825</v>
       </c>
-      <c r="E479" s="2" t="s">
+      <c r="F479" s="2" t="s">
         <v>1826</v>
-      </c>
-[...1 lines deleted...]
-        <v>1827</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D480" t="s">
         <v>1828</v>
       </c>
-      <c r="B480" t="s">
+      <c r="E480" s="2" t="s">
         <v>1829</v>
       </c>
-      <c r="C480" t="s">
+      <c r="F480" s="2" t="s">
         <v>1830</v>
-      </c>
-[...7 lines deleted...]
-        <v>1833</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B481" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C481" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D481" t="s">
         <v>1834</v>
       </c>
-      <c r="D481" t="s">
+      <c r="E481" s="2" t="s">
         <v>1835</v>
       </c>
-      <c r="E481" s="2" t="s">
+      <c r="F481" s="2" t="s">
         <v>1836</v>
-      </c>
-[...1 lines deleted...]
-        <v>1837</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B482" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C482" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D482" t="s">
         <v>1838</v>
       </c>
-      <c r="D482" t="s">
+      <c r="E482" s="2" t="s">
         <v>1839</v>
       </c>
-      <c r="E482" s="2" t="s">
+      <c r="F482" s="2" t="s">
         <v>1840</v>
-      </c>
-[...1 lines deleted...]
-        <v>1841</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B483" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C483" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D483" t="s">
         <v>1842</v>
       </c>
-      <c r="D483" t="s">
+      <c r="E483" s="2" t="s">
         <v>1843</v>
       </c>
-      <c r="E483" s="2" t="s">
+      <c r="F483" s="2" t="s">
         <v>1844</v>
-      </c>
-[...1 lines deleted...]
-        <v>1845</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B484" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C484" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D484" t="s">
         <v>1846</v>
       </c>
-      <c r="D484" t="s">
+      <c r="E484" s="2" t="s">
         <v>1847</v>
       </c>
-      <c r="E484" s="2" t="s">
+      <c r="F484" s="2" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B485" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C485" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D485" t="s">
         <v>1850</v>
       </c>
-      <c r="D485" t="s">
+      <c r="E485" s="2" t="s">
         <v>1851</v>
       </c>
-      <c r="E485" s="2" t="s">
+      <c r="F485" s="2" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B486" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C486" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D486" t="s">
         <v>1854</v>
       </c>
-      <c r="D486" t="s">
+      <c r="E486" s="2" t="s">
         <v>1855</v>
       </c>
-      <c r="E486" s="2" t="s">
+      <c r="F486" s="2" t="s">
         <v>1856</v>
-      </c>
-[...1 lines deleted...]
-        <v>1857</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B487" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C487" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D487" t="s">
         <v>1858</v>
       </c>
-      <c r="D487" t="s">
+      <c r="E487" s="2" t="s">
         <v>1859</v>
       </c>
-      <c r="E487" s="2" t="s">
+      <c r="F487" s="2" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B488" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C488" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D488" t="s">
         <v>1862</v>
       </c>
-      <c r="D488" t="s">
+      <c r="E488" s="2" t="s">
         <v>1863</v>
       </c>
-      <c r="E488" s="2" t="s">
+      <c r="F488" s="2" t="s">
         <v>1864</v>
-      </c>
-[...1 lines deleted...]
-        <v>1865</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B489" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C489" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D489" t="s">
         <v>1866</v>
       </c>
-      <c r="D489" t="s">
+      <c r="E489" s="2" t="s">
         <v>1867</v>
       </c>
-      <c r="E489" s="2" t="s">
+      <c r="F489" s="2" t="s">
         <v>1868</v>
-      </c>
-[...1 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B490" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C490" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D490" t="s">
         <v>1870</v>
       </c>
-      <c r="D490" t="s">
+      <c r="E490" s="2" t="s">
         <v>1871</v>
       </c>
-      <c r="E490" s="2" t="s">
+      <c r="F490" s="2" t="s">
         <v>1872</v>
-      </c>
-[...1 lines deleted...]
-        <v>1873</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B491" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C491" t="s">
-        <v>56</v>
+        <v>1873</v>
       </c>
       <c r="D491" t="s">
-        <v>57</v>
+        <v>1874</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B492" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C492" t="s">
-        <v>1876</v>
+        <v>56</v>
       </c>
       <c r="D492" t="s">
+        <v>57</v>
+      </c>
+      <c r="E492" s="2" t="s">
         <v>1877</v>
       </c>
-      <c r="E492" s="2" t="s">
+      <c r="F492" s="2" t="s">
         <v>1878</v>
-      </c>
-[...1 lines deleted...]
-        <v>1879</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B493" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C493" t="s">
-        <v>337</v>
+        <v>1879</v>
       </c>
       <c r="D493" t="s">
-        <v>338</v>
+        <v>1880</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B494" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C494" t="s">
-        <v>1882</v>
+        <v>340</v>
       </c>
       <c r="D494" t="s">
+        <v>341</v>
+      </c>
+      <c r="E494" s="2" t="s">
         <v>1883</v>
       </c>
-      <c r="E494" s="2" t="s">
+      <c r="F494" s="2" t="s">
         <v>1884</v>
-      </c>
-[...1 lines deleted...]
-        <v>1885</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B495" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C495" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D495" t="s">
         <v>1886</v>
       </c>
-      <c r="D495" t="s">
+      <c r="E495" s="2" t="s">
         <v>1887</v>
       </c>
-      <c r="E495" s="2" t="s">
+      <c r="F495" s="2" t="s">
         <v>1888</v>
-      </c>
-[...1 lines deleted...]
-        <v>1889</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="B496" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="C496" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D496" t="s">
         <v>1890</v>
       </c>
-      <c r="D496" t="s">
+      <c r="E496" s="2" t="s">
         <v>1891</v>
       </c>
-      <c r="E496" s="2" t="s">
+      <c r="F496" s="2" t="s">
         <v>1892</v>
-      </c>
-[...1 lines deleted...]
-        <v>1893</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D497" t="s">
         <v>1894</v>
       </c>
-      <c r="B497" t="s">
+      <c r="E497" s="2" t="s">
         <v>1895</v>
       </c>
-      <c r="C497" t="s">
+      <c r="F497" s="2" t="s">
         <v>1896</v>
-      </c>
-[...7 lines deleted...]
-        <v>1899</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B498" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="C498" t="s">
-        <v>1048</v>
+        <v>1899</v>
       </c>
       <c r="D498" t="s">
-        <v>1049</v>
+        <v>1900</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B499" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="C499" t="s">
-        <v>1902</v>
+        <v>1051</v>
       </c>
       <c r="D499" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E499" s="2" t="s">
         <v>1903</v>
       </c>
-      <c r="E499" s="2" t="s">
+      <c r="F499" s="2" t="s">
         <v>1904</v>
-      </c>
-[...1 lines deleted...]
-        <v>1905</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D500" t="s">
         <v>1906</v>
       </c>
-      <c r="B500" t="s">
+      <c r="E500" s="2" t="s">
         <v>1907</v>
       </c>
-      <c r="C500" t="s">
+      <c r="F500" s="2" t="s">
         <v>1908</v>
-      </c>
-[...7 lines deleted...]
-        <v>1911</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B501" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C501" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D501" t="s">
         <v>1912</v>
       </c>
-      <c r="D501" t="s">
+      <c r="E501" s="2" t="s">
         <v>1913</v>
       </c>
-      <c r="E501" s="2" t="s">
+      <c r="F501" s="2" t="s">
         <v>1914</v>
-      </c>
-[...1 lines deleted...]
-        <v>1915</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B502" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C502" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D502" t="s">
         <v>1916</v>
       </c>
-      <c r="D502" t="s">
+      <c r="E502" s="2" t="s">
         <v>1917</v>
       </c>
-      <c r="E502" s="2" t="s">
+      <c r="F502" s="2" t="s">
         <v>1918</v>
-      </c>
-[...1 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B503" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C503" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D503" t="s">
         <v>1920</v>
       </c>
-      <c r="D503" t="s">
+      <c r="E503" s="2" t="s">
         <v>1921</v>
       </c>
-      <c r="E503" s="2" t="s">
+      <c r="F503" s="2" t="s">
         <v>1922</v>
-      </c>
-[...1 lines deleted...]
-        <v>1923</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B504" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C504" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D504" t="s">
         <v>1924</v>
       </c>
-      <c r="D504" t="s">
+      <c r="E504" s="2" t="s">
         <v>1925</v>
       </c>
-      <c r="E504" s="2" t="s">
+      <c r="F504" s="2" t="s">
         <v>1926</v>
-      </c>
-[...1 lines deleted...]
-        <v>1927</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B505" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C505" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D505" t="s">
         <v>1928</v>
       </c>
-      <c r="D505" t="s">
+      <c r="E505" s="2" t="s">
         <v>1929</v>
       </c>
-      <c r="E505" s="2" t="s">
+      <c r="F505" s="2" t="s">
         <v>1930</v>
-      </c>
-[...1 lines deleted...]
-        <v>1931</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B506" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C506" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D506" t="s">
         <v>1932</v>
       </c>
-      <c r="D506" t="s">
+      <c r="E506" s="2" t="s">
         <v>1933</v>
       </c>
-      <c r="E506" s="2" t="s">
+      <c r="F506" s="2" t="s">
         <v>1934</v>
-      </c>
-[...1 lines deleted...]
-        <v>1935</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B507" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C507" t="s">
-        <v>322</v>
+        <v>1935</v>
       </c>
       <c r="D507" t="s">
-        <v>323</v>
+        <v>1936</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B508" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C508" t="s">
-        <v>1938</v>
+        <v>325</v>
       </c>
       <c r="D508" t="s">
+        <v>326</v>
+      </c>
+      <c r="E508" s="2" t="s">
         <v>1939</v>
       </c>
-      <c r="E508" s="2" t="s">
+      <c r="F508" s="2" t="s">
         <v>1940</v>
-      </c>
-[...1 lines deleted...]
-        <v>1941</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B509" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C509" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D509" t="s">
         <v>1942</v>
       </c>
-      <c r="D509" t="s">
+      <c r="E509" s="2" t="s">
         <v>1943</v>
       </c>
-      <c r="E509" s="2" t="s">
+      <c r="F509" s="2" t="s">
         <v>1944</v>
-      </c>
-[...1 lines deleted...]
-        <v>1945</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B510" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C510" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D510" t="s">
         <v>1946</v>
       </c>
-      <c r="D510" t="s">
+      <c r="E510" s="2" t="s">
         <v>1947</v>
       </c>
-      <c r="E510" s="2" t="s">
+      <c r="F510" s="2" t="s">
         <v>1948</v>
-      </c>
-[...1 lines deleted...]
-        <v>1949</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B511" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C511" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D511" t="s">
         <v>1950</v>
       </c>
-      <c r="D511" t="s">
+      <c r="E511" s="2" t="s">
         <v>1951</v>
       </c>
-      <c r="E511" s="2" t="s">
+      <c r="F511" s="2" t="s">
         <v>1952</v>
-      </c>
-[...1 lines deleted...]
-        <v>1953</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B512" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C512" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D512" t="s">
         <v>1954</v>
       </c>
-      <c r="D512" t="s">
+      <c r="E512" s="2" t="s">
         <v>1955</v>
       </c>
-      <c r="E512" s="2" t="s">
+      <c r="F512" s="2" t="s">
         <v>1956</v>
-      </c>
-[...1 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B513" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C513" t="s">
-        <v>464</v>
+        <v>1957</v>
       </c>
       <c r="D513" t="s">
-        <v>464</v>
+        <v>1958</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B514" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C514" t="s">
-        <v>1960</v>
+        <v>467</v>
       </c>
       <c r="D514" t="s">
-        <v>1960</v>
+        <v>467</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>1961</v>
       </c>
       <c r="F514" s="2" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B515" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C515" t="s">
         <v>1963</v>
       </c>
       <c r="D515" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E515" s="2" t="s">
         <v>1964</v>
       </c>
-      <c r="E515" s="2" t="s">
+      <c r="F515" s="2" t="s">
         <v>1965</v>
-      </c>
-[...1 lines deleted...]
-        <v>1966</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B516" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C516" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D516" t="s">
         <v>1967</v>
       </c>
-      <c r="D516" t="s">
+      <c r="E516" s="2" t="s">
         <v>1968</v>
       </c>
-      <c r="E516" s="2" t="s">
+      <c r="F516" s="2" t="s">
         <v>1969</v>
-      </c>
-[...1 lines deleted...]
-        <v>1970</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B517" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C517" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D517" t="s">
         <v>1971</v>
       </c>
-      <c r="D517" t="s">
+      <c r="E517" s="2" t="s">
         <v>1972</v>
       </c>
-      <c r="E517" s="2" t="s">
+      <c r="F517" s="2" t="s">
         <v>1973</v>
-      </c>
-[...1 lines deleted...]
-        <v>1974</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B518" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C518" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D518" t="s">
         <v>1975</v>
       </c>
-      <c r="D518" t="s">
+      <c r="E518" s="2" t="s">
         <v>1976</v>
       </c>
-      <c r="E518" s="2" t="s">
+      <c r="F518" s="2" t="s">
         <v>1977</v>
-      </c>
-[...1 lines deleted...]
-        <v>1978</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B519" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="C519" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D519" t="s">
         <v>1979</v>
       </c>
-      <c r="D519" t="s">
+      <c r="E519" s="2" t="s">
         <v>1980</v>
       </c>
-      <c r="E519" s="2" t="s">
+      <c r="F519" s="2" t="s">
         <v>1981</v>
-      </c>
-[...1 lines deleted...]
-        <v>1982</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D520" t="s">
         <v>1983</v>
       </c>
-      <c r="B520" t="s">
+      <c r="E520" s="2" t="s">
         <v>1984</v>
       </c>
-      <c r="C520" t="s">
+      <c r="F520" s="2" t="s">
         <v>1985</v>
-      </c>
-[...7 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B521" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C521" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D521" t="s">
         <v>1989</v>
       </c>
-      <c r="D521" t="s">
+      <c r="E521" s="2" t="s">
         <v>1990</v>
       </c>
-      <c r="E521" s="2" t="s">
+      <c r="F521" s="2" t="s">
         <v>1991</v>
-      </c>
-[...1 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B522" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C522" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D522" t="s">
         <v>1993</v>
       </c>
-      <c r="D522" t="s">
+      <c r="E522" s="2" t="s">
         <v>1994</v>
       </c>
-      <c r="E522" s="2" t="s">
+      <c r="F522" s="2" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B523" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C523" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D523" t="s">
         <v>1997</v>
       </c>
-      <c r="D523" t="s">
+      <c r="E523" s="2" t="s">
         <v>1998</v>
       </c>
-      <c r="E523" s="2" t="s">
+      <c r="F523" s="2" t="s">
         <v>1999</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B524" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C524" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D524" t="s">
         <v>2001</v>
       </c>
-      <c r="D524" t="s">
+      <c r="E524" s="2" t="s">
         <v>2002</v>
       </c>
-      <c r="E524" s="2" t="s">
+      <c r="F524" s="2" t="s">
         <v>2003</v>
-      </c>
-[...1 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="B525" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C525" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D525" t="s">
         <v>2005</v>
       </c>
-      <c r="D525" t="s">
+      <c r="E525" s="2" t="s">
         <v>2006</v>
       </c>
-      <c r="E525" s="2" t="s">
+      <c r="F525" s="2" t="s">
         <v>2007</v>
-      </c>
-[...1 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C526" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D526" t="s">
         <v>2009</v>
       </c>
-      <c r="B526" t="s">
+      <c r="E526" s="2" t="s">
         <v>2010</v>
       </c>
-      <c r="C526" t="s">
+      <c r="F526" s="2" t="s">
         <v>2011</v>
-      </c>
-[...7 lines deleted...]
-        <v>2014</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B527" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C527" t="s">
-        <v>259</v>
+        <v>2014</v>
       </c>
       <c r="D527" t="s">
-        <v>260</v>
+        <v>2015</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B528" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C528" t="s">
-        <v>2017</v>
+        <v>259</v>
       </c>
       <c r="D528" t="s">
-        <v>404</v>
+        <v>260</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>2018</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B529" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C529" t="s">
         <v>2020</v>
       </c>
       <c r="D529" t="s">
+        <v>407</v>
+      </c>
+      <c r="E529" s="2" t="s">
         <v>2021</v>
       </c>
-      <c r="E529" s="2" t="s">
+      <c r="F529" s="2" t="s">
         <v>2022</v>
-      </c>
-[...1 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B530" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C530" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D530" t="s">
         <v>2024</v>
       </c>
-      <c r="D530" t="s">
+      <c r="E530" s="2" t="s">
         <v>2025</v>
       </c>
-      <c r="E530" s="2" t="s">
+      <c r="F530" s="2" t="s">
         <v>2026</v>
-      </c>
-[...1 lines deleted...]
-        <v>2027</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B531" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C531" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D531" t="s">
         <v>2028</v>
       </c>
-      <c r="D531" t="s">
+      <c r="E531" s="2" t="s">
         <v>2029</v>
       </c>
-      <c r="E531" s="2" t="s">
+      <c r="F531" s="2" t="s">
         <v>2030</v>
-      </c>
-[...1 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B532" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C532" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D532" t="s">
         <v>2032</v>
       </c>
-      <c r="D532" t="s">
+      <c r="E532" s="2" t="s">
         <v>2033</v>
       </c>
-      <c r="E532" s="2" t="s">
+      <c r="F532" s="2" t="s">
         <v>2034</v>
       </c>
-      <c r="F532" s="2" t="s">
+    </row>
+    <row r="533" spans="1:6">
+      <c r="A533" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B533" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C533" t="s">
         <v>2035</v>
+      </c>
+      <c r="D533" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E533" s="2" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F533" s="2" t="s">
+        <v>2038</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">