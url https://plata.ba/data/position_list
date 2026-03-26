--- v2 (2026-02-03)
+++ v3 (2026-03-26)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2039">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2116">
   <si>
     <t>Spisak radnih mesta u anketi o platama</t>
   </si>
   <si>
     <t>www.plata.ba</t>
   </si>
   <si>
     <t>Ažurirano u</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Broj pozicija</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ba</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ba</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ba</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -966,50 +966,76 @@
 * Demontaža i pakiranje opreme za rasvjetu.
 * Izvršavanje rutinskih popravki i održavanje rasvjetnih tijela.
 </t>
   </si>
   <si>
     <t>Make-Up Artist, Wigmaker</t>
   </si>
   <si>
     <t>Šminker, izrađivač perika</t>
   </si>
   <si>
     <t>* Applying makeup to film and theatre actors, extras, and other performers in films and theatre plays.
 * Styling men's and women's hair according to the scenario.
 * Creating special effects (ageing, bruises, wounds, etc.) using makeup.
 * Making wigs and similar products.
 * Making plaster casts of faces and/or heads.
 * Making latex and silicone masks from casts of faces and/or heads.</t>
   </si>
   <si>
     <t>* Primjena šminke za filmske i pozorišne glumce, statiste i druge izvođače u filmovima i pozorišnim predstavama.
 * Stiliziranje muške i ženske kose prema scenariju.
 * Kreiranje specijalnih efekata (stvarenja modrica, rana itd.) pomoću šminke.
 * Izrada perika i sličnih proizvoda.
 * Izrada gipsanih kalupa lica i/ili glava.
 * Izrada lateks i silikonskih maski od kalupa za lica i / ili glava.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Stručni radnik u muzeju</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Upravljanje, evidencija i zaštita zbirnih predmeta.
+Stručno obrađivanje i katalogizacija predmeta.
+Kreiranje i realizacija izložbenih projekata.
+Naučno‑istraživački rad u nadležnoj oblasti.
+Priprema popularizacijskih materijala i predavanja.
+Metodološko usmjeravanje pri pribavljanju novih zbirki.
+Saradnja sa stručnim institucijama.
+Nadzor nad uslovima čuvanja i konzervacije.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotograf</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t xml:space="preserve">* Fotografiranje ljudi, životinja, predmeta, krajolika i sl.
 * Rukovanje analognim i digitalnim aparatima, lećama, objektivima, reflektorima. 
 * Instruiranje ljudi tokom fotografiranja. 
 * Uređivanje fotografija na računaru. 
 * Razvijanje negativa i fotografija, printanje fotografija. 
 </t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
@@ -1121,80 +1147,50 @@
   </si>
   <si>
     <t>Bankarstvo</t>
   </si>
   <si>
     <t>Back Office Specialist</t>
   </si>
   <si>
     <t>* Processing of all types of client requests.
 * Entering and updating the information in the bank information system.
 * Drawing up and processing of contracts and contract amendments for individual banking products.
 * Archiving documents in compliance with the internal regulations.
 * Mastering internal regulations, general business terms and conditions, and business conditions for individual banking products.
 * Communicating with internal and external clients.</t>
   </si>
   <si>
     <t xml:space="preserve">* Obrada svih vrsta zahtjeva klijenata.
 * Unos i ažuriranje informacija u bankovni sistem podataka.
 * Izrada i obrada ugovora, te kreiranje ugovora o izmjenama i dopunama za pojedine bankarske proizvode.
 * Arhiviranje dokumenata u skladu sa internim propisima.
 * Upravljanje internim propisima, općim poslovnim uvjetima i uvjetima poslovanja za pojedine bankarske proizvode.
 * Komunikacija sa internim i eksternim klijentima.
 </t>
   </si>
   <si>
-    <t>Branch Director</t>
-[...28 lines deleted...]
-  <si>
     <t>Card Services Clerk</t>
   </si>
   <si>
     <t>Službenik za rad sa platnim karticama</t>
   </si>
   <si>
     <t>* Processing applications for the issuance of credit and debit cards.
 * Communicating with companies issuing credit cards and bank branches.
 * Participating in the creation and updating of internal regulations.
 * Cooperating with project managers on new projects.
 * Solving complaints.
 * Assessing the suitability of motives on credit cards in your own design.</t>
   </si>
   <si>
     <t>* Obrada zahtjeva za izdavanje kreditnih i debitnih kartica.
 * Komunikacija s kompanijama koje izdaju kreditne kartice i bankovnim filijalama.
 * Učešće u kreiranju i ažuriranju internih propisa.
 * Saradnja s voditeljima projekata na novim projektima.
 * Rješavanje prigovora.
 * Ocjena prikladnosti motiva na kreditnim karticama vlastitog dizajna.</t>
   </si>
   <si>
     <t>Claims Administrator</t>
   </si>
   <si>
@@ -1222,77 +1218,50 @@
   <si>
     <t>Counter Clerk</t>
   </si>
   <si>
     <t>Blagajnik</t>
   </si>
   <si>
     <t>* Presentation and sale of bank products and services.
 * Cash deposits and withdrawals, payment orders, opening and closing accounts, exchange office activities, and other transactions and services.
 * Creating and maintaining good relations with bank clients.
 * Providing advice related to bank products and services. 
 * Responsibility for the accuracy of accepted and issued amounts of cash and/or other valuables.
 * Checking the validity and integrity of received banknotes, coins, and valuables.
 * Following bank process and methodology procedures.
 * Following the bank’s security policy.</t>
   </si>
   <si>
     <t xml:space="preserve">* Prezentacija i prodaja proizvoda i usluga banke.
 * Uplate i isplate, nalozi za plaćanje, otvaranje i zatvaranje računa, aktivnosti u mjenjačnici, te ostale transakcije i usluge.
 * Izrada i održavanje dobrih odnosa s klijentima banke.
 * Pružanje savjeta u vezi s proizvodima i uslugama banke.
 * Odgovornost za ispravnost prihvaćenog i izdanog novca i / ili drugih vrijednosti.
 * Provjera valjanosti i cjelovitosti primljenih novčanica, kovanica i vrijednosti.
 * Pridržavanje bankovnih procesa i metodologije.
 * Pridržavanje sigurnosne politike banke.
-</t>
-[...25 lines deleted...]
-* Priprema sedmičnih i mjesečnih izvještaja.
 </t>
   </si>
   <si>
     <t>Division Manager</t>
   </si>
   <si>
     <t>Direktor sektora</t>
   </si>
   <si>
     <t>* Overseeing the strategic direction and operational management of the division.
 * Developing and implementing policies, procedures, and best practices to enhance efficiency and effectiveness.
 * Leading a team of professionals, providing guidance, support, and performance evaluations to ensure high levels of productivity and morale.
 * Collaborating with senior management to align division goals with overall organizational objectives.
 * Analyzing market trends and financial data to identify opportunities for growth and improvement.
 * Establishing and maintaining relationships with key stakeholders, including clients, regulators, and industry partners.
 * Ensuring compliance with all regulatory requirements and internal policies.
 * Preparing and presenting reports on division performance to senior management and the board of directors.
 * Managing the division's budget, forecasting financial performance, and controlling costs.
 * Promoting a culture of continuous improvement and innovation within the division.</t>
   </si>
   <si>
     <t>* Nadgledanje strateškog smjera i operativnog upravljanja odjeljenja.
 * Razvijanje i implementacija politika, procedura i najboljih praksi kako bi se poboljšala efikasnost i efektivnost.
 * Vodstvo tima profesionalaca, pružanje uputstva, podrške i evaluacija performansi kako bi se osigurali visoki nivoi produktivnosti i morala.
 * Saradnja sa visokim rukovodstvom kako bi se ciljevi odjeljenja uskladiili sa ukupnim ciljevima organizacije.
@@ -1604,50 +1573,80 @@
   </si>
   <si>
     <t>Auto dijagnostičar</t>
   </si>
   <si>
     <t>* Receiving motor vehicles at the service station or at the used car lot.
 * Preparing preliminary calculations of repairs.
 * Planning and ordering repairs of motor vehicles.
 * Communicating with clients throughout the course of the repairs.
 * Assigning and controlling the work of subordinate staff.
 * Ordering, receiving, and issuing parts from the warehouse.
 * Administrative processing of orders and issuing invoices for the repairs made.
 * Handing over the repaired vehicle to the client.
 * Assessing complaints and claims.</t>
   </si>
   <si>
     <t>* Prijem vozila na servisnoj stanici ili parkingu rabljenih vozila.
 * Izrada preliminarnih proračuna popravki.
 * Planiranje i naručivanje popravki motornih vozila.
 * Komunikacija s klijentima tokom trajanja popravki.
 * Dodjeljivanje i kontrola rada podređenog osoblja.
 * Nabrajivanje, primanje i izdavanje dijelova iz skladišta.
 * Administrativna obrada narudžbi i izdavanje faktura za obavljene popravke.
 * Predaja popravljenog vozila klijentu.
 * Procjena žalbi i pritužbi.</t>
+  </si>
+  <si>
+    <t>Mechatronics Technician</t>
+  </si>
+  <si>
+    <t>Mehatroničar</t>
+  </si>
+  <si>
+    <t>* Assembling and testing mechatronic systems and components in accordance with specifications.
+* Diagnosing and troubleshooting mechanical, electrical, and software issues in automotive systems.
+* Collaborating with engineers to design and improve mechatronic systems for enhanced vehicle performance.
+* Conducting routine maintenance and repairs on automated equipment and machinery.
+* Utilizing diagnostic tools and software to analyze system performance and implement necessary adjustments.
+* Ensuring compliance with safety standards and regulations throughout all processes.
+* Documenting repair and maintenance activities in accordance with company policies.
+* Participating in the development of technical documentation and user manuals for mechatronic systems.
+* Training and mentoring junior technicians on best practices and new technologies.
+* Staying updated on industry trends and advancements in mechatronics and automotive technology.</t>
+  </si>
+  <si>
+    <t>* Sklapanje i testiranje mehatroničkih sistema i komponenti u skladu sa specifikacijama.
+* Dijagnoziranje i otklanjanje mehaničkih, električnih i softverskih problema u automobilskim sistemima.
+* Saradnja s inženjerima pri dizajniranju i poboljšanju mehatroničkih sistema za poboljšanje performansi vozila.
+* Izvođenje redovnih održavanja i popravaka automatiziranog oprema i mašina.
+* Korištenje dijagnostičkih alata i softvera za analizu performansi sistema i primjenu potrebnih prilagodbi.
+* Osiguravanje usklađenosti sa standardima i propisima sigurnosti kroz sve procese.
+* Dokumentiranje aktivnosti popravaka i održavanja u skladu sa politikama kompanije.
+* Učešće u izradi tehničke dokumentacije i korisničkih upustava za mehatroničke sisteme.
+* Obuka i mentorstvo mlađih tehničara u najboljim praksama i novim tehnologijama.
+* Ažuriranje o industrijskim trendovima i napretcima u oblasti mehatronike i automobilske tehnologije.</t>
   </si>
   <si>
     <t>Process Engineer</t>
   </si>
   <si>
     <t>Procesni inžinjer</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of new products in the company.
 * Completing detailed production documentation and working procedures.
 * Updating production documentation and working procedures in case of a change in the production process.
 * Implementing tools increasing the efficiency of the production process (e.g. Six Sigma, Kaizen, Lean, poka-yoke etc.).
 * Reducing production costs while maintaining the required level of quality.
 * Solving the incurred problems and abnormalities.
 * Participating in the selection and deployment of technological equipment on the company premises.
 * Estimating the requirements regarding the staff, production time and costs.
 * Communicating with other departments in the company.</t>
   </si>
   <si>
     <t>* Odgovornost za upoznavanje novih proizvoda u kompaniji.
 * Izrada detaljne dokumentacije o proizvodnji i radnim procedurama.
 * Ažuriranje dokumentacije o proizvodnji i radnim procedurama u slučaju promjene u procesu proizvodnje.
 * Uvođenje alata koji povećavaju efikasnost procesa proizvodnje (npr. Six Sigma, Kaizen, Lean, poka-yoke itd.).
 * Smanjenje troškova proizvodnje uz održavanje potrebnog nivoa kvaliteta.
 * Rješavanje nastalih problema i nepravilnosti.
@@ -2051,53 +2050,50 @@
   <si>
     <t>Key Account Manager</t>
   </si>
   <si>
     <t>* Building and maintaining business relationships with selected key clients.
 * Identification of potential key clients on the market and their progressive acquisition.
 * Participation in preparing sales plans.
 * Responsibility for meeting defined sales goals and financial results.
 * Monitoring the activities of competitors, the situation on the market, and the completion of market analysis.
 * Preparing and holding client presentations.
 * Representing and presenting the company at business meetings in line with corporate strategy.
 * Completing price calculations, negotiation of contractual terms and conditions.</t>
   </si>
   <si>
     <t xml:space="preserve">* Izgradnja i održavanje poslovnih odnosa s odabranim ključnim klijentima.
 * Identifikacija potencijalnih ključnih klijenata na tržištu i njihove progresivne dobiti. 
 * Sudjelovanje u pripremi prodajnih planova.
 * Odgovornost za organizaciju sastanaka za definiranje ciljeva prodaje i financijskih rezultata.
 * Praćenje aktivnosti konkurenata, stanja na tržištu, i kompletiranje analize tržišta.
 * Priprema i održavanje prezentacija klijentima.
 * Zastupanje i predstavljanje kompanije na poslovnim sastancima u skladu s korporativnom strategijom.
 * Komletiranje proračuna, pregovaranje oko uvjeta ugovora. 
 </t>
   </si>
   <si>
-    <t>Product Marketing Manager</t>
-[...1 lines deleted...]
-  <si>
     <t>Product Manager</t>
   </si>
   <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t xml:space="preserve">* Stvaranje poslovnih rješenja, procesa i modela. 
 * Obrada tehničkih i cjenovnih ponuda. 
 * Projektiranje i implementiranje mjera za razvoj. 
 * Promocija prodaje proizvoda sa obzirom na tehničke i proceduralne aspekte u dogovoru s dobavljačima.
 * Upravljanje tehničkom i komercijalnom dokumentacijom. 
 * Analiziranje tržišnih uvjeta, obrada rezultata analize tržišta, pružanje redovnih izvještaja o rezultatima i njihovo podnošenje.
 * Saradnja sa tehničkim dijelom kompanije.
 * Zastupanje kompanije u susretima s poslovnim partnerima i drugim subjektima.
 </t>
   </si>
   <si>
     <t>Retail Store Manager</t>
@@ -2544,50 +2540,88 @@
   </si>
   <si>
     <t>Civil Engineer</t>
   </si>
   <si>
     <t>Građevinski inžinjer</t>
   </si>
   <si>
     <t>* Completing preparatory, technical, project and other construction and construction-technical documentation for the authorisation of constructions, their alterations, and maintenance work.
 * Completing partial documentation for territorial plans.
 * Completing documentation for the assessment of the impact of construction work on the environment.
 * Providing the technical and economic consulting services (expert opinions, surveys, estimates, etc.).
 * Performing construction measurements and construction diagnostics.
 * Providing professional author's supervision regarding the construction work in accordance with the approved project documentation.
 * Representation investor during the preparation and provision of construction works.</t>
   </si>
   <si>
     <t xml:space="preserve">* Priprema tehničke, projektne i druge konstrukcijske i konstrukcijsko-tehničke dokumentacije za odobrenje konstrukcije, njenih izmjena i održavanja.
 * Kompletiranje parcijalne dokumentacije za teritorijalne/kopnene planove.
 * Kompletiranje dokumentacije o procjeni utjecaja izgradnje na okoliš.
 * Pružanje tehničkih i ekonomskih savjetodavnih usluga (stručna mišljenja, ankete, procjene, itd.).
 * Izvođenje građevinskih mjerenja i dijagnostika izgradnje.
 * Pružanje stručnog nadzora autora građevinskih radova u skladu sa odobrenom projektnom dokumentacijom.
 * Zastupanje investitora tokom pripreme i provođenja građevinskih radova.
 </t>
+  </si>
+  <si>
+    <t>Civil Engineer for Public Procurement</t>
+  </si>
+  <si>
+    <t>Građevinski inženjer za javne nabavke</t>
+  </si>
+  <si>
+    <t>* Preparing and submitting competitive bids for construction projects.
+* Analyzing project requirements and specifications to determine bid scope.
+* Collaborating with project managers, engineers, and other stakeholders to gather necessary information.
+* Conducting cost analysis and estimating project expenses to create accurate bid proposals.
+* Researching and identifying potential subcontractors and suppliers for project needs.
+* Ensuring compliance with legal and regulatory requirements in bid submissions.
+* Presenting bids to clients and addressing any inquiries or concerns.
+* Maintaining records of bids submitted and outcomes for future reference.
+* Monitoring industry trends and competitor activities to enhance bidding strategies.
+* Participating in negotiations with clients and stakeholders to secure contracts.
+* Assisting in the development of project schedules and resource allocation.
+* Providing support during the project execution phase to ensure adherence to bid specifications.
+* Contributing to the continuous improvement of bidding processes and methodologies.
+* Attending industry conferences and networking events to promote the company and gather insights.</t>
+  </si>
+  <si>
+    <t>* Priprema i podnošenje konkurentnih ponuda za građevinske projekte.
+* Analiza zahtjeva i specifikacija projekta kako bi se utvrdio obim ponude.
+* Saradnja s voditeljima projekata, inženjerima i drugim dionicima kako bi se prikupio potreban informacije.
+* Izvršavanje analize troškova i procjena troškova projekta kako bi se stvorile točne ponude.
+* Istraživanje i identifikacija potencijalnih podizvođača i dobavljača za potrebe projekta.
+* Osiguravanje sukladnosti s zakonskim i regulatornim zahtjevima kod podnošenja ponuda.
+* Prezentacija ponuda klijentima i odgovaranje na upite ili brige.
+* Održavanje evidencije podnesenih ponuda i rezultata za buduću referencu.
+* Praćenje trendova u industriji i aktivnosti konkurenata kako bi se poboljšale strategije podnošenja ponuda.
+* Učešće u pregovorima s klijentima i dionicima kako bi se obezbijedili ugovori.
+* Pomaganje u izradi rasporeda projekta i alokaciji resursa.
+* Pružanje podrške tokom faze izvršenja projekta kako bi se obezbijedio postupak prema specifikacijama ponude.
+* Doprinosa kontinuiranom poboljšanju procesa i metodologija za podnošenje ponuda.
+* Prisustvo na konferencijama industrije i mrežnim događajima kako bi se promovirala kompanija i prikupili uvidi.</t>
   </si>
   <si>
     <t>Construction Estimator</t>
   </si>
   <si>
     <t>Procenitelj konstrukcija/gradnje</t>
   </si>
   <si>
     <t>* Collection and analysis of partial data entering the final value of the construction costs of the works.
 * Examination of preliminary architectural drawings and engineering plans.
 * Attendance at construction sites, checking the availability of utilities.
 * Determining the amount of building materials and labour needed to construct the works.
 * Compilation of estimates taking into account all inputs and factors affecting the final cost value.
 * Drafting of final bids.
 * Providing advice on the profitability of construction projects.</t>
   </si>
   <si>
     <t xml:space="preserve">* Prikupljanje i analiza parcijalnih podataka, unošenje konačne vrijednosti troškova izgradnje radova.
 * Ispitivanje preliminarnih arhitektonskih crteža i inženjering planova.
 * Prisustvo na gradilištima, provjera dostupnosti komunalnih usluga.
 * Određivanje količine građevinskog materijala i rada potrebnih za izgradnju.
 * Izrada procjene uzimajući u obzir sve inpute i čimbenike koji utječu na konačnu cijenu. 
 * Izrada konačne ponude.
 * Pružanje savjeta o profitabilnosti građevinskih projekata.
 </t>
@@ -2813,80 +2847,50 @@
 * Planimetrička i altimetrička mjerenja.
 * Mjerenja građevine prije i na završetku.
 </t>
   </si>
   <si>
     <t>Painter</t>
   </si>
   <si>
     <t>Slikar</t>
   </si>
   <si>
     <t>* Applying primer to the wall surface before painting.
 * Removing old paint from the walls with a scraper, spatula and/or wire brush.
 * Mixing colours with pigment to achieve the desired colour shade.
 * Applying paint to paint rollers and/or brushes, removing excess paint using a grid.
 * Applying paint to interior and exterior walls with paint rollers and/or brushes.</t>
   </si>
   <si>
     <t xml:space="preserve">* Nanošenje osnovnog premaza na zid prije krečenja. 
 * Uklanjanje stare boje sa zida pomoću brusnog papira, lopatice ili žičanom četkom. 
 * Priprema boje kako bi se dobila željena nijansa. 
 * Nanošenje boje pomoću kista i valjaka, uklanjanje viška boje. 
 * Nanošenje boje na unutarnje i vanjske zidove kistom i/ili valjkom. </t>
   </si>
   <si>
-    <t>Production Manager</t>
-[...28 lines deleted...]
-  <si>
     <t>Project Manager</t>
   </si>
   <si>
     <t>* Planning, managing, and coordinating construction projects.
 * Responsibility for compliance with the agreed deadlines and budget.
 * Inspecting the quality of completed work.
 * Cooperating with construction designers and construction supervisors.
 * Sending price inquiries to potential suppliers.
 * Conducting negotiations with suppliers and selecting suppliers in co-operation with investors.
 * Completing weekly and monthly reports.
 * Cooperating in receiving the construction works.</t>
   </si>
   <si>
     <t xml:space="preserve">* Planiranje, upravljanje i koordiniranje projektom izgradnje.
 * Odgovornost za poštivanje dogovorenih rokova i proračuna.
 * Provjera kvalitete završnih radova.
 * Saradnja s dizajnerima i supervizorima izgradnje.
 * Slanje upita o cijenama potencijalnim dobavljačima.
 * Vođenje pregovora sa dobavljačima i odabir dobavljača u saradnji s investitorima.
 * Popunjavanje sedmičnih i mjesečnih izvještaja.
 * Saradnja u primanju građevinskih radova.
 </t>
   </si>
   <si>
     <t>Property Manager</t>
@@ -2922,50 +2926,71 @@
     <t>Nekretnine procjenitelj</t>
   </si>
   <si>
     <t>* Conducting property appraisals to determine market value.
 * Preparing detailed appraisal reports and expert opinions on real estate properties.
 * Analyzing market trends and price movements in the real estate sector.
 * Assisting clients in the buying and selling process of residential and commercial properties.
 * Advertising and sourcing suitable residential and commercial spaces for potential buyers or renters.
 * Collaborating with clients to understand their needs and providing expert advice on property investments.
 * Evaluating the condition and features of properties to ensure accurate assessments.
 * Staying updated on local real estate regulations and market conditions to provide informed evaluations.
 * Communicating findings and recommendations to clients in a clear and professional manner.
 * Maintaining accurate records of appraisals and property transactions for compliance and reporting purposes.</t>
   </si>
   <si>
     <t>* Izvršavanje procjene vrijednosti nekretnina kako bi se utvrdila tržišna vrijednost.
 * Priprema detaljnih izvještaja o procjeni i stručnih mišljenja o nekretninama.
 * Analiza trendova na tržištu i kretanja cijena u sektoru nekretnina.
 * Pružanje podrške klijentima u postupku kupovine i prodaje stambenih i komercijalnih nekretnina.
 * Oglašavanje i pronalaženje prikladnih stambenih i komercijalnih prostora za potencijalne kupce ili zakupce.
 * Saradnja s klijentima kako bi se razumjele njihove potrebe i pružila stručna savjetovanja o investicijama u nekretnine.
 * Procjena stanja i karakteristika nekretnina kako bi se osigurala tačna ocjenjivanja.
 * Aktualiziranje o lokalnim regulacijama i tržišnim uvjetima za nekretnine kako bi se pružila obaviještena procjena.
 * Komunikacija rezultata i preporuka klijentima na jasan i profesionalan način.
 * Održavanje tačnih zapisa o procjenama i transakcijama sa nekretninama radi usklađenosti s propisima i za izvještajne svrhe.</t>
+  </si>
+  <si>
+    <t>Scaffolder worker</t>
+  </si>
+  <si>
+    <t>Radnik na skelama</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
+* Putting up scaffoldings along the frontage of the buildings.
+* Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
+* Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
+* Taking apart the scaffolding and protective nets after finishing the building process.
+</t>
+  </si>
+  <si>
+    <t>* Postavljanje skele uzimajući u obzir nosivost posteljice.
+* Postavljanje skele uz pročelje zgrada.
+* Postavljanje zaštitnih ograda, zaštitnih mreža, ljestava, podova i blokova koji sprečavaju kolebanje objekata sa skele.
+* Odgovornost za izgradnju ispravnih temelja skele, za ispravno sidrenje i postavljanje skele.
+* Rasklapanje skele i zaštitne mreže nakon završetka procesa gradnje.</t>
   </si>
   <si>
     <t>Site Manager</t>
   </si>
   <si>
     <t>Šef gradilišta</t>
   </si>
   <si>
     <t>* Responsibility for organising, managing, and coordinating construction work and other activities on the construction site.
 * Assessing the construction work progress on a regular basis, monitoring the use of budgeted funds.* Recording all completed construction work in the construction log.
 * Taking decisions on the start and completion of construction work and other activities on the construction site and in the structure.
 * Issuing orders related to construction work, the organisation of work, and the movement of people on the construction site and in the structure. 
 * Taking the delivery of construction products, determining their suitability, and defining their placement and storage on the construction site.
 * Issuing orders to immediately halt construction work and other activities on the construction site and in the structure.
 * Coordinating the sequence of construction work activities.
 * Forbidding others from the construction site and from the structure.</t>
   </si>
   <si>
     <t xml:space="preserve">* Odgovornost za organiziranje, upravljanje i koordiniranje radova i drugih aktivnosti na gradilištu.
 * Procjena napretka radova na izgradnji, redovito praćenje korištenja planiraih sredstava.
 * Pohranjivanje svih završnih građevinskih radova u zapisnik.
 * Donošenje odluka o početku i završetku građevinskih radova i drugih aktivnosti na gradilištu i kontrukciji.
 * Izdavanje naloga u vezi sa građevinskim radovima, organizacija rada, te organizacija ljudi na gradilištu.
 * Izdavanje naloga da se odmah zaustave radovi i druge aktivnosti na gradilištu.
 * Koordinacija niza građevinskih radova i aktivnosti.
@@ -3112,58 +3137,58 @@
 * Completing tax declarations.
 * Preparing statements for the Statistical Office of the Slovak Republic.
 * Communicating with auditors, tax authorities, and other institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">* Upravljanje jednostavnim i / ili dvojnim obračunima za poduzeće.
 * Osiguranje odgovarajućih i pravovremeih obračuna svih izdanih računa.
 * Pravilno bilježenje svih povjerenih računovodstvenih evidencija.
 * Popunjavanje mjesečnih, kvartalnih i godišnjih završnih obračuna.
 * Popunjavanje poreznih prijava.
 * Priprema izvještaja za Statistički ured.
 * Komuniciranje s revizorima, poreznim vlastima, te drugim institucijama.
 </t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Asistent revizora</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...2 lines deleted...]
-    <t>* Obavljanje ekonomskih aktivnosti (osim potpisivanja pisanih izvještaja o rezultatima pruženih revizorskih usluga) pod rukovodstvom ovlašćenog revizora.
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>* Obavljanje privrednih aktivnosti (osim potpisivanja pisanog izvještaja o rezultatima pruženih revizorskih usluga) pod nadzorom ovlaštenog revizora.
 * Provjera finansijskih izvještaja klijenata.
-* Upravljanje revizorskom dokumentacijom.
-[...1 lines deleted...]
-* Pružanje saradnje Slovačkoj komori revizora u slučaju revizije kvaliteta u vezi sa pružanjem revizorskih usluga.</t>
+* Upravljanje revizijskom dokumentacijom.
+* Vođenje radne knjižice pomoćnika revizora.
+* Pružanje saradnje Komori revizora u slučaju kontrole kvaliteta u vezi s pružanjem revizorskih usluga.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Asistent poreskog savjetnika</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Obavljanje ekonomskih aktivnosti pod rukovodstvom ovlašćenog poreskog konzultanta.
 * Pripremanje poreskih mišljenja na slovačkom i/ili stranom jeziku.
 * Računanje poreza na dohodak fizičkih i pravnih lica.
 * Pripremanje poreskih prijava za porez na dohodak fizičkih i pravnih lica, PDV, porez na nekretnine, poresku taksu za automobile i akcize.
 * Registriranje poreskih obveznika kod nadležnih poreskih organa.
 * Komunikacija sa klijentima kompanije i predstavnicima poreske uprave.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -3947,80 +3972,50 @@
 * Razvijanje lijekova, cjepiva, kozmetike, hemikalija itd.
 * Držanje predavanja i pohađanje domaćih i međunarodnih konferencija i simpozija.
 * Objavljivanje znanstvenih otkrića, osobnih stavova i teorija u stručnoj literaturi.
 </t>
   </si>
   <si>
     <t>School Caretaker</t>
   </si>
   <si>
     <t>Domar u školi</t>
   </si>
   <si>
     <t>* Performing simple repairs and general maintenance activities as regards school property and premises.
 * Maintaining cleanliness and order on the school premises.
 * Ordering and receiving works from specialised companies.
 * Clearing snow and ice from pavements, stairs, and roads during the winter.
 * Boiler room operating.</t>
   </si>
   <si>
     <t xml:space="preserve">* Obavljanje jednostavnih popravaka i opće održavanje imovine škole i prostora.
 * Održavanje čistoće i reda u školi.
 * Naručivanje i primanje radova iz specijaliziranih kompanija.
 * Uklanjanje snijega i leda s pločnika, stepenica i ceste tokom zime.
 * Operiranje kotlovnicom. 
 </t>
-  </si>
-[...28 lines deleted...]
-* Djelovati kao predstavnik škole u zajednici, promovirajući instituciju i njene vrijednosti i misiju.</t>
   </si>
   <si>
     <t>Special Needs Teacher</t>
   </si>
   <si>
     <t>Defektolog</t>
   </si>
   <si>
     <t>* Participating in drawing up individual education plans for a child and in their upbringing and education.
 * Providing individual special educational, therapeutic and rehabilitation services.
 * Providing consulting services to legal representatives in connection with an individual education plan for a child.
 * Providing consultations and professional consulting services and methodical assistance to teachers.
 * Providing information and communication with advisory bodies.
 * Submitting proposals and suggestions to improve and streamline educational work with disabled children and children with special educational needs.</t>
   </si>
   <si>
     <t xml:space="preserve">* Sudjelovanje u izradi individualnih edukacijskih planova za djecu, njihov odgoj i obrazovanje.
 * Pružanje individualne posebne odgojno-obrazovne, terapeutske i rehabilitacijske usluge.
 * Pružanje konsultantskih usluga pravnim zastupnicima u vezi sa individualim obrazovnim planovima za djecu.
 * Pružanje savjetovanja i pomoći nastavnicima.
 * Pružanje informacija i komunikacija sa savjetodavnim tijelima. 
 * Slanje prijedloga i sugestija za poboljšanje i pojednostavljenje odgojno-obrazovnog rada sa djecom sa posebnim potrebama i djecom sa invaliditetom.
 </t>
   </si>
   <si>
@@ -4507,74 +4502,50 @@
     <t>Human Resources</t>
   </si>
   <si>
     <t>Ljudski resursi</t>
   </si>
   <si>
     <t>Compensation &amp; Benefit Specialist</t>
   </si>
   <si>
     <t>Specijalista za motivaciju i beneficije zaposlenim</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in the setting of reward strategies within the company.
 * Planning of personal costs.
 * Watching withdrawals from the funds earmarked for the remuneration of employees.
 * Reevaluating the height of salaries and provided benefits.
 * Solving problems connected with remuneration.
 </t>
   </si>
   <si>
     <t>* Učestvovanje u pripremi i sprovođenju strategija nagrađivanja zajedno sa menadžmentom kompanije.
 * Planiranje ličnih troškova zaposlenih.
 * Supervizija fondova namijenjenih za plate zaposlenih.
 * Revalorizacija visine plata i postojećih beneficija.
 * Rješavanje problema koji su u vezi za nadoknadama zaposlenih.</t>
-  </si>
-[...22 lines deleted...]
-* Informisanje o industrijskim trendovima i najboljim praksama kako bi se poboljšala djelotvornost odjela.</t>
   </si>
   <si>
     <t>Education Specialist</t>
   </si>
   <si>
     <t>Specijalista za obuku zaposlenih</t>
   </si>
   <si>
     <t>* Responsibility for the drawing up a plan of training activities.
 * Determining the training needs and communication with senior staff in developing a training plan.
 * Preparing the group and individual training plans.
 * Introducing the new training systems and new projects.
 * Cooperating in the implementation of professional career system and in creating a system of further education.
 * Creating and implementing the professional career system of employees and creating the processes to ensure the further professional development of employees.
 * Conducting organisation development projects.
 * Independent completing, recording and revising the proposals of training activities (internal and external).
 * Creating and managing the catalogue of training activities.
 * Providing advice on creating training proposals.
 * Preparing and organising internal trainings, preparing technical equipment and the ensuring suitable classrooms.
 * Tracking feedback from conducted training in order to improve the service provided for the necessary staff development.
 * Providing training activities through external training companies.
 * Participating in defining the requirements and specifications for choosing a supplier of training activities.
 * Communicating with the external suppliers of trainings.
 * Covering the current qualification needs.
 * Providing advice to managers and employees concerning the arrangements for further education.
@@ -4778,50 +4749,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>ABAP Programer</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Razvijanje kompleksnih računarskih aplikacija i/ili zasebnih modula u programskom jeziku ABAP.
 * Analiziranje zahtjeva kupaca i procjena potencijalnih rizika i povezanih tehničkih problema.
 * Učešće u izradi tehničkih specifikacija.
 * Predaja završenog posla klijentima/testerima u svrhu testiranja.
 * Otkrivanje i korigovanje funkcionalnih i sigurnosnih grešaka u izvornom kodu.
 * Predaja kompletnih softverskih aplikacija klijentima, menadžerima projekta itd.
 * Pružanje tehničke podrške klijentima.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Uvođenje agilnih principa u timove i organizaciju.
+Koučing Scrum Mastera, Product Ownera i razvojnih timova.
+Facilitiranje retrospektiva, radionica i agilnih ceremonija.
+Procjena zrelosti tima i predlaganje poboljšanja.
+Uklanjanje prepreka koje ometaju agilni rad.
+Edukacija timova o agilnim frameworkima (Scrum, Kanban, SAFe).
+Podrška kulturi kontinuiranog unapređenja.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Inženjer umjetne inteligencije</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Dizajn, razvoj i implementacija modela umjetne inteligencije i mašinskog učenja.
 * Obrada i analiza podataka uključujući pripremu datasetova, čišćenje i anotaciju podataka.
 * Razvoj algoritama za predikciju, klasifikaciju, prepoznavanje slike/govora ili obradu prirodnog jezika (NLP).
 * Integracija AI rješenja u postojeće proizvode, sisteme ili cloud infrastrukturu.
 * Optimizacija modela u pogledu performansi, tačnosti i zahtjeva za računarskim resursima.
 * Saradnja sa data analitičarima, softverskim inženjerima i biznis timovima na definisanju zahtjeva i ciljeva.
 * Praćenje trendova i noviteta u oblasti AI/ML i njihova primjena u praksi.
 * Dokumentacija postupaka, rješenja i rezultata eksperimenata.</t>
   </si>
@@ -5599,50 +5594,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Objective-C Programer</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Razvoj mobilnih aplikacija za iOS platformu i uređaje sa iOS operativnim sistemom (iPhone, iPad itd.).
 * Analiza zahtjeva kupaca i procjena potencijalnih rizika i povezanih tehničkih pitanja.
 * Učešće u izradi tehničkih specifikacija.
 * Predaja završenog rada klijentima/testerima u svrhu testiranja.
 * Utvrđivanje i ispravljanje funkcionalnih i sigurnosnih grešaka u izvornom kodu.
 * Predaja završenih softverskih aplikacija klijentima, voditeljima projekata itd.
 * Pružanje tehničke podrške klijentima.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Tehničar online kasina</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Upravljanje i nadzor nad online gaming sistemima.
+Rješavanje incidenata povezanih sa softverom igara.
+Implementacija ažuriranja i konfiguracija igara.
+Testiranje funkcionalnosti modula igara.
+Komunikacija s developerima i pružateljima igara.
+Osiguravanje stabilnosti i performansi sistema.
+Dokumentovanje tehničkih intervencija.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Oracle Programer</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Razvoj računarskih aplikacija i njihovo povezivanje s Oracle bazom podataka.
 * Analiza zahtjeva kupaca i procjena mogućih rizika i povezanih tehničkih problema.
 * Učešće u izradi tehničkih specifikacija.
 * Predaja završenih radova klijentima/testerima u svrhu testiranja.
 * Otkrivanje i ispravljanje funkcionalnih i sigurnosnih grešaka u izvornom kodu.
 * Predaja završenih softverskih aplikacija klijentima, voditeljima projekata itd.
 * Pružanje tehničke podrške klijentima.</t>
   </si>
   <si>
     <t>Perl Programmer</t>
@@ -5750,80 +5769,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Razvijanje i održavanje statističkog softvera i alata pomoću programskog jezika R.
 * Analiza složenih skupova podataka kako bi se izvukli smisleni uvidi i podržali odluke zasnovane na podacima.
 * Saradnja s timovima koji rade na različitim funkcijama kako bi se razumjeli zahtjevi vezani za podatke i pružili praktični rješenja.
 * Kreiranje vizualizacija podataka i izvještaja kako bi se efektivan komunikirali nalazi dioničarima.
 * Pisanje čistog, efikasnog i dobro dokumentovanog koda kako bi se osigurala održivost i skalabilnost projekata.
 * Provođenje čišćenja i predobrada podataka kako bi se osigurala kvaliteta i pouzdanost podataka.
 * Učešće u pregledima koda i doprinos prvopisima u razvoju softvera.
 * Praćenje najnovijih dostignuća u programiranju R i metodologijama nauke o podacima.
 * Otklanjanje grešaka i ispravljanje postojećih aplikacija R kako bi se poboljšala funkcionalnost i učinkovitost.
 * Pružanje treninga i podrške članovima tima i dioničarima o alatima i tehnikama R-a.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA inženjer</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Automatizacija procesa pomoću RPA alata (UiPath, BluePrism, Automation Anywhere).
+Modeliranje procesnih tokova i analiza koraka pogodnih za automatizaciju.
+Kreiranje, testiranje i implementacija robotskih skripti.
+Osiguravanje ispravnog rada RPA robota u produkciji.
+Optimiziranje postojećih automatizacija i rješavanje incidenata.
+Dokumentiranje rješenja i procesnih procedura.
+Saradnja s procesnim analitičarima, IT‑em i poslovnim odjelima.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Developer / Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Saradnja s timovima više funkcija kako bi se definirali, dizajnirali i otpremili novi značajki u Ruby aplikacijama.
 * Pisanje čistog, održivog i efikasno kodova uz poštivanje najboljih praksi i standarda u razvoju.
 * Otklanjanje grešaka i rješavanje problema u postojećim aplikacijama kako bi se osigurala optimalna izvedba i korisničko iskustvo.
 * Učešće u pregledima koda kako bi se pružila konstruktivna povratna informacija i poboljšala produktivnost tima.
 * Ažuriranje sa najnovijim tehnologijama i trendovima u industriji kako bi se poboljšali procesi razvoja.
 * Razvijanje i održavanje dokumentacije za kod, procese i aplikacije.
 * Integriranje korisničkih elemenata sa logikom na serverskoj strani za stvaranje aplikacija bez prekida.
 * Osiguranje sigurnosti i skalabilnosti aplikacija putem rigoroznog testiranja i optimizacije.
 * Doprinos kontinuiranom poboljšanju procesa razvoja i saradnji unutar tima.
 * Mentorstvo mlađih developera i dijeljenje znanja kako bi se stvorila kultura učenja unutar tima.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP konsultant</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Analiza poslovnih procesa i dizajniranje rješenja u SAP modulima.
+Konfiguracija SAP sistema prema zahtjevima klijenta.
+Testiranje, dokumentovanje i podrška pri implementaciji.
+Obuka korisnika i pružanje stručne podrške.
+Saradnja na migraciji podataka i integracijama s drugim sistemima.
+Rješavanje incidenata i optimizacija SAP postavki.
+Podrška razvoju SAP arhitekture i procesa.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>SAP specijalista</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Pružite odgovarajuću korisničku podršku, primite i riješite izvještaje o greškama i probleme.
 * Nadgledajte sistem i poduzmite mjere kako biste osigurali nesmetan rad.
 * Upravljajte dodijeljenim modulima prema dogovorenim internim standardima.
 * Komunicirajte s drugim odjelima kako biste pružili odgovarajuću podršku SAP korisnicima.
 * Doprinijeti razvoju operativnih metodologija i razvojnih planova.
 * Preuzmite nove inovacije, kao i profesionalno ukidanje zastarjelih informacionih sistema.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -5884,50 +5951,108 @@
 * Komuniciranje s kupcima, pružajući stručne savjete i konsultacije.
 </t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Softver inžinjer</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t xml:space="preserve">* Korištenje računara i matematičkih znanja u projektiranju, razvoju i testiranje softvera.
 * Analiziranje zahtjeva korisnika i predlaganje tehničkih rješenja.
 * Izrada i održavanje tehničke dokumentacije.
 * Razvoj softvera prema zahtjevima kupaca.
 * Testiranje softvera i popravke grešaka.
 * Pružanje tehničke podrške klijentima.
 </t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution arhitekt</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Analiza poslovnih zahtjeva i njihovo prevođenje u tehnički dizajn rješenja.
+Dizajniranje arhitekture sistema, integracija, tokova podataka i tehničkih komponenti.
+Priprema arhitektonske dokumentacije, modela i dijagrama.
+Odabir tehnologija i definisanje tehničkih standarda i best practices.
+Saradnja s developerima, testerima, poslovnim analitičarima i infra timom tokom implementacije.
+Konsultacije sa stakeholderima i prezentacija arhitekture tehničkoj i netehničkoj publici.
+Nadzor implementacije rješenja i provođenje tehničkih revizija.
+Rješavanje pitanja sigurnosti, performansi, skalabilnosti i dostupnosti.
+Dizajniranje integracijskih interfejsa (API) i logike povezivanja sistema.
+Osiguravanje usklađenosti rješenja s enterprise arhitekturom i IT strategijom.
+Podrška planiranju roadmap‑a i procjeni složenosti.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Inženjer pouzdanosti sistema</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Praćenje dostupnosti i performansi sistema.
+Incident response – rješavanje kvarova i brzo vraćanje usluga u funkciju.
+Automatizacija operativnih zadataka i procesa implementacije.
+Planiranje kapaciteta i skaliranje infrastrukture.
+Izrada i održavanje monitoringa, alertinga i metrika.
+Saradnja s developerima na unapređenju pouzdanosti aplikacija.
+Post‑incident analize i uvođenje preventivnih mjera.
+Osiguravanje sigurnosti sistema i usklađenosti sa standardima.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Sistem administrator</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t xml:space="preserve">* Instalacija i upravljanje severima i radnim stanicama.
 * Instalacija, reinstalacija i ažuriranje licenciranih softvera, vođenje evidencije o kupovini licence.
 * Praćenje sistema i redovita revizija softvera.
 * Analiziranje sistema i identificiranje mogućih nepravilnosti.
 * Optimiziranje sistema i njegove učinkovitosti.
@@ -6041,78 +6166,50 @@
 * Creating and updating computer programs for distribution networks, pricing, taxation and technical changes in life insurance.
 * Testing the profitability of products.
 * Preparing personalised insurance offers.
 * Preparing documents for the assessment of non-standard changes in life insurance.
 * Performing and ensuring activities related to financial funds in investment life insurance.
 * Preparing documentation and participating in conducting methodological trainings for distribution networks.
 * Preparing documentation for accounting, the National Bank of Slovakia, auditors, shareholders and other entities, preparing periodic reports for the reinsurer.
 * Providing expert consultation on life insurance products to other units of the company.</t>
   </si>
   <si>
     <t>* Praćenje tržišta osiguranja, razvoj novih proizvoda i predlaganje izmjena postojećih proizvoda.
 * Formuliranje ugovora o osiguranju, uvjeta osiguranja i posebnih aranžmana.
 * Određivanje tarifa premija, iznos tehničkih pričuva životnih osiguranja i dopunskog osiguranja.
 * Priprema i ažuriranje poslovnih planova i priručnika.
 * Priprema dokumentacije za provođenje promjena vezanih uz inovacije proizvoda u informacijskom sistemu.
 * Stvaranje i ažuriranje računarskih programa za distribuciju mreže, cijena, poreza i tehničkih promjena u životnom osiguranju.
 * Ispitivanje profitabilnosti proizvoda.
 * Priprema personalizirane ponude osiguranja.
 * Priprema dokumentacije za procjenu nestandardne promjene u životnom osiguranju.
 * Osiguranje i obavljanje financijskih aktivnosti vezanih uz investicijske fondove. 
 * Priprema dokumentacije i metodologije za sudjelovanje u provođenju obuke za distribucijsku mrežu.
 * Priprema dokumentacije za računovodstvo, Narodna banku, revizore, dioničare i druge subjekte, priprema periodičnih izvještaja za reosiguravatelja.
 * Pružanje stručnih konsultacija o uslugama životnog osiguranja drugim odjelima kompanije.</t>
   </si>
   <si>
-    <t>* Overseeing the overall operations and strategic direction of the branch.
-[...26 lines deleted...]
-  <si>
     <t>Insurance administrator</t>
   </si>
   <si>
     <t>Administrator osiguranja</t>
   </si>
   <si>
     <t>* Checking the accuracy and completeness of contracts and their amendments, their processing in the information system and intervening in incorrect contracts.
 * Processing the technical and nontechnical changes in contracts.
 * Supplementing insurance premiums, and entering premium accountings into the information system.
 * Identifying and pairing the received payments with the premium regulations.
 * Sending reminders and calls regarding the monthly accounting and outstanding premium payments to clients.
 * Processing unused insurance premium and premium overpayments (calculation and payment to clients).
 * Cancelling, terminating and extending insurance contracts.
 * Preparing documents for bookkeeping.
 * Keeping a register of contracts in accordance with the applicable registration regulations of the company.
 * Communicating with clients and distribution networks regarding the management of insurance policies.</t>
   </si>
   <si>
     <t xml:space="preserve">* Provjera tačnosti i potpunosti ugovora i njihovih izmjena i dopuna, njihova obrada u informacijskom sistemu i intervenisanje u slučaju grešaka u ugovoru.
 * Obrada tehničkih i drugih promjena u ugovorima.
 * Dopune premija osiguranja i unos premijskog knjigovodstva u informacijski sistem.
 * Identifikacija i uparivanje primljenih uplata sa propisima za premije osiguranja.
 * Slanje podsjetnika i pozivanje klijenata za mjesečni obračun i posebne premije za klijente
 * Obrada neiskorištenih premija osiguranja i preplaćenih premija (obračun i isplata klijentima).
 * Poništavanje, prekid i produženje ugovora o osiguranju.
@@ -6432,80 +6529,50 @@
   <si>
     <t>* Kreiranje širokog spektra grafičkih koncepata na osnovu detaljnih zadataka klijenata.
 * Uključivanje komentara klijenata u grafičke dizajne.
 * Prenošenje crteža iz papirne forme u elektronski oblik pomoću skenera.
 * Postavljanje konačnog stila i boja crteža u programu za grafiku.
 * Izvoz grafičkih dizajna u željenom formatu.</t>
   </si>
   <si>
     <t>Managing Editor</t>
   </si>
   <si>
     <t>* Responsibility for the content of the entrusted periodical.
 * Coordinating the activities of editors in the publishing house.
 * Editing articles.
 * Creating the appearance of the pages in the periodical.
 * Writing editorials.</t>
   </si>
   <si>
     <t>* Odgovornost za sadržaj povjerenog periodičnog izdanja.
 * Koordiniranje aktivnosti urednika u izdavačkoj kući.
 * Uređivanje članaka.
 * Stvaranje izgleda stranica u periodičnom izdanju.
 * Pisanje uredničkih tekstova.</t>
   </si>
   <si>
-    <t>Organizer</t>
-[...28 lines deleted...]
-  <si>
     <t>Photo Editor</t>
   </si>
   <si>
     <t>Dizajner (obrada fotografije)</t>
   </si>
   <si>
     <t>* Searching for photographs, illustrations, and flash animations in online databases.
 * Assigning tasks to photographers.
 * Selecting suitable photographs and illustrations for the covers of periodicals, articles, websites, etc.
 * Archiving purchased photographs.
 * Communicating with editors and the issue manager, etc.</t>
   </si>
   <si>
     <t>* Potraga za fotografijama, illustracijama i flash animacijama u online bazama podataka.
 * Dodjeljivanje zadataka fotografima.
 * Odabir odgovarajućih fotografija i ilustracija za izradu naslovnica periodičnih članaka, vebsajtova, itd.
 * Arhiviranje kupljenih fotografija.
 * Komunikacija sa urednicima i manadžerima, itd.</t>
   </si>
   <si>
     <t>Printer</t>
   </si>
   <si>
     <t>Radnik u štampariji</t>
   </si>
@@ -6672,51 +6739,51 @@
 * Informatičko-edukativno praćenje aktuelnih događaja i trendova u različitim oblastima kako bi se identifikovale potencijalne priče.
 * Poštovanje profesionalnih standarda i smjernica u novinarstvu kako bi se održao javni povjerenje.
 * Učestvovanje u trajnoj edukaciji i profesionalnom razvoju u cilju poboljšanja izvještajnih vještina.</t>
   </si>
   <si>
     <t>Senior Graphic Designer</t>
   </si>
   <si>
     <t>Stariji grafički dizajner</t>
   </si>
   <si>
     <t>* Self-reliant production of a wide range of creative graphic concepts without detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
   </si>
   <si>
     <t>* Samostalna produkcija širokog spektra kreativnih grafičkih koncepata bez detaljnih zadataka od strane klijenata.
 * Uključivanje komentara klijenata u grafičke dizajne.
 * Prenos crteža sa papira u elektronski oblik pomoću skenera.
 * Postavljanje konačnog stila i boja crteža u programu za grafiku.
 * Izvoz grafičkih dizajna u željenom formatu.</t>
   </si>
   <si>
-    <t>TV Presenter</t>
+    <t>TV Host and Announcer</t>
   </si>
   <si>
     <t>TV voditelj i spiker</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
     <t>* Prezentovanje i najavlivanje različitih segmenata unutar elektronskih medija, uključujući radijske i televizijske programe.
 * Uvod u dnevni program, uključujući emisije, muzičke nastupe i gostujuća pojavljivanja.
 * Čitanje novinskih članaka i drugih tekstova u govornom obliku, osiguravajući jasnu i privlačnu prezentaciju.
 * Vodjenje intervjua s gostima i stručnjacima kako bi se pružila uvida komentara i rasprava.
 * Komunikacija s publikom kroz interaktivne segmente i platforme društvenih medija.
 * Saradnja s produkcijskim timovima za razvoj sadržaja i poboljšanje kvaliteta programa.
 * Pripremanje za emisije istraživanjem tema i prikupljanjem relevantnih informacija.
 * Iznošenje promotivnih poruka i oglasa na profesionalan način.
@@ -6850,80 +6917,50 @@
   <si>
     <t>* Certifying and drafting private and public documents, including signature verification.
 * Attending board meetings of commercial companies, taking minutes, and preparing contracts.
 * Performing non-contentious legal work, such as managing inheritance proceedings and resolving legal matters that are not in dispute.
 * Advising clients on legal rights and obligations related to notarial acts.
 * Ensuring compliance with relevant laws and regulations in all notarial activities.
 * Maintaining accurate records of all notarial services rendered and safeguarding client confidentiality.
 * Collaborating with other legal professionals to facilitate the execution of documents and transactions.
 * Providing guidance on the preparation of documents necessary for various legal processes.
 * Engaging in continuous professional development to stay updated on changes in legislation and notarial practices.
 * Representing the notary office in legal proceedings when necessary and assisting clients in understanding the implications of legal documents.</t>
   </si>
   <si>
     <t>* Ovlašćivanje i izrada privatnih i javnih dokumenata, uključujući provjeru autentičnosti potpisa.
 * Prisustvovanje sjednicama upravnih odbora komercijalnih kompanija, vođenje zapisnika i izrada ugovora.
 * Obavljanje nespornih pravnih poslova, kao što su upravljanje nasljedničkim postupcima i rješavanje pravnih pitanja koja nisu sporna.
 * Savjetovanje klijenata o pravnim pravima i obvezama povezanim sa notarskim aktima.
 * Osiguravanje usklađenosti sa relevantnim zakonima i propisima u svim notarskim aktivnostima.
 * Vođenje točnih zapisa o svim notarskim uslugama koje su pružene i zaštita povjerenja klijenata.
 * Saradnja sa drugim pravnim profesionalcima kako bi se olakšalo izvršenje dokumenata i transakcija.
 * Pružanje uputa za izradu dokumenata potrebnih za različite pravne postupke.
 * Stalni stručni razvoj kako bi se ostalo ažurno o promjenama u zakonodavstvu i notarskoj praksi.
 * Zastupanje notarske kancelarije u pravnom postupku kada je to potrebno i pomoć klijentima u razumijevanju implikacija pravnih dokumenata.</t>
   </si>
   <si>
-    <t>Notary Associate</t>
-[...28 lines deleted...]
-  <si>
     <t>Notary's Clerk</t>
   </si>
   <si>
     <t>Notarski pripravnik</t>
   </si>
   <si>
     <t>* Preparing drafts of notarial documents as directed by a notary and/or under his/her guidance.
 * Consulting legal issues related to concepts of notarial documents and proceedings.
 * Communicating with the participants of notarial proceedings, courts, administrative bodies, local authorities, etc.
 * Attending training courses and seminars organised by the Chamber of Notaries of the Slovak Republic and private entities.</t>
   </si>
   <si>
     <t xml:space="preserve">* Pripremanje nacrta notarskih isprava prema uputama i/ili pod nadzorom notara.
 * Konsultiranje o pravnim pitanjima u vezi koncepta notarskih dokumenata i postupaka.
 * Komuniciranje sa sudionicima notarskih postupaka, sudovima, upravnim tijelima, lokalnim vlastima, itd.
 * Pohađanje kurseva i seminara u organizaciji Notarske Komore Bosne i Hercegovine i fizičkih osoba.
 </t>
   </si>
   <si>
     <t>Paralegal - law student</t>
   </si>
   <si>
     <t>Pružanje paralegalnih pravnih usuga – student prav</t>
   </si>
   <si>
@@ -7073,50 +7110,74 @@
 * Odgovornost za značenje i kreativnu poruku reklamne kampanje.
 </t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Šef autoservisa</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t xml:space="preserve">* Planiranje prijema i organiziranje procesa popravke sa obzirom na učinkovito korištenje osoblja, sredstava za proizvodnju i materijala.
 * Upravljanje, koordinacija i motiviranje zaposlenika.
 * Dodjeljivanje zadataka zaposlenicima i praćenje njihovog ispunjavanja.
 * Praćenje i vrednovanje učinkovitosti radnika. 
 * Pomoć u dijagnosticiranju složenih nedostataka i utvrđivanje postupka popravke.
 * Rješavanje prigovora i potraživanja kupaca.
 </t>
+  </si>
+  <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Menadžer za proizvode klađenja</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Upravljanje portfolijom sportskih i kvotaških igara.
+Saradnja s tradingom, risk menadžmentom i marketingom.
+Optimizacija ponude i praćenje učinka tržišta.
+Kreiranje promo kampanja i aktivnosti za igrače.
+Kontrola usklađenosti s regulativom.
+Predlaganje inovacija proizvoda.
+Praćenje konkurencije i trendova.</t>
   </si>
   <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Brend menadžer</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t xml:space="preserve">* Odgovornost za upravljanje dodijeljenim brandovima.
 * Praćenje tržišta, sklonosti potrošača i aktivnosti konkurencije.
 * Izrada i provođenje strategije brand marketinga.
 * Planiranje marketinškog budžeta, kontroliranje izdataka i odgovornost za učinkovito korištenje.
 * Izgradnja percepcije branda na tržištu u skladu sa marketinškom strategijom.
 * Upravljanje i nadzor reklamnim kampanjama.
 * Komunikacija s partnerima i vanjskim dobavljačima.
@@ -7222,50 +7283,77 @@
   </si>
   <si>
     <t>Contract Manager</t>
   </si>
   <si>
     <t>* supporting the business department in negotiating terms and conditions
 * revision of treaties
 * overseeing compliance with contractual standards
 * identifying, assessing and reducing the risks associated with the terms of the proposed contracts
 * cooperation with the Legal Department
 * contractual correspondence
 * negotiation of contracts with investors, partners and consultants
 * contractual consulting</t>
   </si>
   <si>
     <t>* podržavanje poslovnog odjela u pregovorima o uslovima i odredbama
 * revizija ugovora
 * nadzor nad usklađenošću sa standardima ugovora
 * identifikacija, procjena i smanjenje rizika povezanih sa uslovima predloženih ugovora
 * saradnja sa Pravnim odjelom
 * dopisivanje u vezi sa ugovorima
 * pregovori o ugovorima s investitorima, partnerima i konsultantima
 * pružanje savjeta o ugovorima</t>
   </si>
   <si>
+    <t>Department Manager</t>
+  </si>
+  <si>
+    <t>Rukovodilac odjeljenja</t>
+  </si>
+  <si>
+    <t>* Ensuring the smooth running of the department within the company.
+* Managing, coordinating, motivating and evaluating subordinate staff.
+* Training of new recruits.
+* Finding and proposing trainings and courses for subordinate employees.
+* Checking the attendance of subordinate employees.
+* Solving non-standard situations at the workplace.
+* Participation in the selection and dismissal of employees.
+* Preparing weekly and monthly reports.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Osigurati nesmetano funkcioniranje odjela unutar kompanije.
+* Upravljanje, koordiniranje, motiviranje i vrednovanje podređenih uposlenika.
+* Obuka novih regruta.
+* Pronalaženje i predlaganje treninga i kurseva za podređene uposlenike.
+* Provjera nazočnosti podređenih uposlenika.
+* Rješavanje nestandardnih situacija na radnom mjestu.
+* Sudjelovanje u odabiru i otpuštanju uposlenika.
+* Priprema sedmičnih i mjesečnih izvještaja.
+</t>
+  </si>
+  <si>
     <t>Editor-In-Chief</t>
   </si>
   <si>
     <t>Glavni urednik</t>
   </si>
   <si>
     <t>* Responsibility for the content and the visual aspect of newspapers, magazines, websites and other periodicals.
 * Responsibility for the accuracy and completeness of the information published.
 * Managing the editorial team and editorial board.
 * Approving ideas and suggestions of subordinates.
 * Writing leading articles (editorials), columns, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">* Odgovornost za sadržaj i vizualni aspekt novina, magazina, web stranica i drugih časopisa.
 * Odgovornost za tačnost i potpunost objavljenih informacija.
 * Upravljanje uredničkim timom i uredništvom.
 * Odobravanje ideja i prijedloga podređenih.
 * Pisanje editorijala, kolumni, itd.
 </t>
   </si>
   <si>
     <t>ESG manager</t>
   </si>
   <si>
     <t>Menadžer za okoliš, društvo, upravljanje</t>
@@ -7345,50 +7433,98 @@
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Finansijski menadžer</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t xml:space="preserve">* Upravljanje, koordiniranje, motiviranje i procjena podređenih zaposlenika.
 * Osiguranje strateškog finansijskog plana.
 * Priprema i obrada finansijskih izvještaja kompanije.
 * Analiza finansijske situacije kompanije.
 * Planiranje, upravljanje i praćenje novčanog toka.
 * Komuniciranje s finansijskim institucijama i vanjskim partnerima kompanije.
 * Izvještavanje članova višeg menadžmenta o rezultatima. 
 </t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Menadžer igraonice</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Upravljanje radom igraonice i nadzor nad osobljem.
+Kontrola poštivanja pravila i zakonskih propisa.
+Osiguravanje zadovoljstva korisnika.
+Optimizacija učinka gaming uređaja.
+Rješavanje incidenata i rizičnih situacija.
+Organizacija smjena i obuka.
+Nadzor finansijskih i sigurnosnih aspekata poslovanja.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Menadžer gaming uređaja</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Upravljanje radom gaming automata i tehničke opreme.
+Planiranje postavke, performansi i rotacije automata.
+Komunikacija s tehničarima, dobavljačima i poslovnicama.
+Praćenje prihoda i rezultata uređaja.
+Osiguravanje usklađenosti s propisima.
+Kontrola servisnih intervencija i održavanja.
+Optimizacija ponude igara.</t>
+  </si>
+  <si>
     <t>Head of controlling</t>
   </si>
   <si>
     <t>Šef kontrolinga</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
     <t>* Upravljanje i razvoj kontroling tima.
 * Osiguranje tačnih i pravovremenih izvještaja, analiza i finansijskih prognoza.
 * Sastavljanje budžeta i planova i praćenje njihovog ispunjenja.
 * Analiza i evaluacija finansijskih rezultata i preporuke za poboljšanje.
 * Saradnja na strateškom planiranju i donošenju odluka.
 * Komunikacija sa internim i eksternim partnerima, uključujući prezentaciju rezultata i strategija.</t>
   </si>
   <si>
     <t>Head of Customer Support</t>
   </si>
   <si>
@@ -7443,50 +7579,56 @@
 * Upravlja budžetom za razvoj proizvoda, donoseći informirane odluke radi optimizacije raspodjele resursa i maksimiziranja povrata ulaganja.
 * Uspostavlja i prati ključne indikatore učinka (KPI) koji se odnose na razvoj proizvoda koristeći uvide vođene podacima za kontinuirano poboljšanje procesa i rezultata.</t>
   </si>
   <si>
     <t>Head of the Legal Department</t>
   </si>
   <si>
     <t>Rukovodilac pravne službe</t>
   </si>
   <si>
     <t>* Managing, leading, motivating and evaluating subordinate staff.
 * Providing legal support, analyses and consulting to the company management.
 * Drafting, commenting and editing contracts.
 * Monitoring legislative changes at the national and European levels.
 * Cooperating with state authorities.
 * Representing the company in litigation and administrative proceedings.</t>
   </si>
   <si>
     <t xml:space="preserve">* Upravljanje, rukovođenje, motivisanje i vrednovanje rada podređenog osoblja.
 * Pružanje pravne podrške, analize i konsaltinga za menadžment kompanije.
 * Izrada, komentarisanje i uređivanje ugovora.
 * Praćenje zakonskih promjena na nacionalnoj i europskoj razini.
 * Suradnja s državnim tijelima.
 * Zastupanje kompanije u parnicama i upravnim postupcima.
 </t>
+  </si>
+  <si>
+    <t>Head of Vehicle Technical Inspection</t>
+  </si>
+  <si>
+    <t>Voditelj stanice tehničkog pregleda vozila</t>
   </si>
   <si>
     <t>Hotel manager</t>
   </si>
   <si>
     <t>Hotel Menadžer</t>
   </si>
   <si>
     <t>* Managing a hotel, a group of hotels
 * Overseeing all departments, plants and resorts
 * Responsibility for preparation and execution of the business plan, the investment and financial plan of the hotel
 * Responsibility for the readiness of the hotel to provide services
 * Responsibility for securing sufficient number of qualified employees
 * Participation in the choice of and approving new employees, making decisions about termination of employment
 * Overseeing the operation of the hotel, checking daily reports and monthly statements of operation
 * Securing PR of the hotel
 * Overseeing satisfaction of the guests and the quality of provided services
 * Taking part in exhibitions, meetings, workshops.
 * Cooperating in creating business strategies and putting them into practice</t>
   </si>
   <si>
     <t>* Vođenje hotela ili grupe hotela
 * Nadzor nad svim odjelima, pogonima i odmaralištima
 * Odgovornost za izradu i izvršenje poslovnog plana, investicionog i finansijskog plana hotela
 * Odgovornost za spremnost hotela za pružanje usluga
@@ -7625,95 +7767,125 @@
   <si>
     <t>Marketing menadžer</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t xml:space="preserve">* Razvoj kratkoročnih i dugoročnih marketinških strategija.
 * Jačanje svijesti kupaca i pozicije brenda na tržištu.
 * Analiziranje tržišta, praćenje trendova i aktivnosti konkurencije.
 * Predlaganje marketinških proračuna, odlučivanje o korištenju sredstava i nadziranje upotrebe.
 * Priprema i koordinacija marketinških kampanja i pratećih djelatnosti.
 * Praćenje učinkovitosti marketinških kampanja i pratećih djelatnosti.
 * Procjena uspješnosti marketinških kampanja i pratećih djelatnosti.
 * Vodstvo, motivacija i dodjela zadataka podređenim djelatnicima.
 </t>
   </si>
   <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Menadžer online kasina</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Upravljanje online kazino operacijama i učinkom proizvoda.
+Koordinacija timova (support, risk, marketing, tehnika).
+Optimizacija ponude za igrače i promo kampanja.
+Praćenje KPI‑eva, rezultata igara i ponašanja igrača.
+Rješavanje rizičnih situacija i zahtjeva usklađenosti.
+Nadzor nad sigurnošću, AML‑om i odgovornim igranjem.
+Prijedlog poboljšanja proizvoda i korisničkog iskustva.</t>
+  </si>
+  <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Voditelj poštanskog ureda</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Upravljanje, nadzor i organizacija aktivnosti unutar pošte.
 * Praćenje nivoa zaliha operativnog materijala, formulara i roba u skladištu, naručivanje i dodjela materijala zaposlenicima.
 * Rješavanje i otklanjanje problema, kvarova i nedostataka.
 * Obavljanje administrativnih poslova vezanih za poziciju šefa pošte.</t>
   </si>
   <si>
     <t>Product owner</t>
   </si>
   <si>
     <t>* Strategy and Vision: Develop and communicate a clear product vision and strategy to the development team, stakeholders, and senior management.
 * Product Backlog Management: Create, prioritize, and manage the product backlog, ensuring that it is well-groomed, refined, and ready for development.
 * Requirement Gathering: Collaborate with stakeholders, customers, and users to understand their needs and gather requirements, translating them into clear user stories and acceptance criteria.
 * Agile Planning and Execution: Participate in agile ceremonies such as sprint planning, backlog grooming, and daily stand-ups, ensuring that the team is working efficiently and delivering value in each sprint.
 * Release Management: Coordinate and manage the release process, ensuring that product increments are delivered on time and meet quality standards.
 * Cross-functional Collaboration: Work closely with development teams, UX/UI designers, quality assurance, and other stakeholders to define and deliver high-quality products that align with business objectives.
 * Stakeholder Management: Engage and manage relationships with internal and external stakeholders, addressing their concerns, gathering feedback, and keeping them informed about the product's progress.
 * Product Documentation: Create and maintain product documentation, including user guides, release notes, and other relevant materials to support the product's adoption and usage.
 * Market and Competitive Analysis: Conduct market research and competitive analysis to identify trends, opportunities, and potential product enhancements that can give the organization a competitive edge.
 * Continuous Improvement: Actively seek feedback from users and stakeholders, monitor product performance and metrics, and identify areas for improvement, driving continuous product enhancements and optimization.</t>
   </si>
   <si>
     <t>* Strategija i vizija: Razvijte i prenesite jasnu viziju i strategiju proizvoda razvojnom timu, zainteresovanim stranama i višem rukovodstvu.
 * Upravljanje zaostatkom proizvoda: Kreirajte, odredite prioritet i upravljajte zaostatkom proizvoda, osiguravajući da je dobro njegovan, rafiniran i spreman za razvoj.
 * Prikupljanje zahteva: Sarađujte sa zainteresovanim stranama, kupcima i korisnicima da biste razumeli njihove potrebe i prikupili zahteve, prevodeći ih u jasne korisničke priče i kriterijume prihvatanja.
 * Agilno planiranje i izvođenje: Učestvujte u agilnim ceremonijama kao što su planiranje sprinta, sređivanje zaostalih zadataka i svakodnevna ustajanja, osiguravajući da tim radi efikasno i daje vrijednost u svakom sprintu.
 * Upravljanje izdanjem: Koordinirajte i upravljajte procesom izdavanja, osiguravajući da se inkrementi proizvoda isporučuju na vrijeme i da ispunjavaju standarde kvaliteta.
 * Međufunkcionalna suradnja: blisko sarađujte s razvojnim timovima, UX/UI dizajnerima, osiguranjem kvaliteta i drugim dionicima kako biste definirali i isporučili visokokvalitetne proizvode koji su u skladu s poslovnim ciljevima.
 * Upravljanje zainteresovanim stranama: Angažovanje i upravljanje odnosima sa internim i eksternim zainteresovanim stranama, rešavanje njihovih problema, prikupljanje povratnih informacija i informisanje o napretku proizvoda.
 * Dokumentacija o proizvodu: Kreirajte i održavajte dokumentaciju o proizvodu, uključujući korisničke vodiče, napomene o izdanju i druge relevantne materijale koji podržavaju usvajanje i upotrebu proizvoda.
 * Analiza tržišta i konkurencije: Provedite istraživanje tržišta i analizu konkurencije kako biste identificirali trendove, prilike i potencijalna poboljšanja proizvoda koja mogu dati organizaciji konkurentsku prednost.
 * Kontinuirano poboljšanje: Aktivno tražite povratne informacije od korisnika i zainteresovanih strana, pratite performanse i metriku proizvoda i identifikujte oblasti za poboljšanje, podstičući stalna poboljšanja i optimizaciju proizvoda.</t>
   </si>
   <si>
+    <t>Production Manager</t>
+  </si>
+  <si>
+    <t>Menadžer proizvodnje</t>
+  </si>
+  <si>
     <t>* Planning, managing and coordinating the existing production, production processes and capacities.
 * Responsibility for creating production plans, budgets and production analysis.
 * Implementing improvements and optimising resource utilisation.
 * Coordinating, managing, assessing and motivating the production team.
 * Checking team performance and other indicators.
 * Monitoring production efficiency, securing technical support for production.
 * Technical change management, implementing new technologies and procedures to increase competitiveness.
 * Responsibility for following safety standards and quality standards, e.g. ISO 9001 and ISO 14001.
 * 
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
     <t>Production Supervisor</t>
   </si>
   <si>
     <t>Supervizor proizvodnje</t>
   </si>
   <si>
     <t>* Management and organisation of the production process within the assigned shift.
 * Responsibility for the assignment of tasks, achievement of daily production target and improvement of the quality and quantity of products.
 * Leadership, motivation and evaluation of the performance of subordinate staff.
 * Checking compliance with technological processes, security, fire and sanitary regulations.
 * Responsibility for the training of new employees.
 * Solving of problem situations, adoption and implementation of corrective measures to eliminate them.
 * Checking and recording attendance.
@@ -7815,50 +7987,74 @@
     <t>Restoran menadžer</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Nadgledanje dnevnih operacija restorana kako bi se osigurao visoki standard usluge i zadovoljstvo gostiju.
 * Upravljanje regrutacijom, obukom i evaluacijom performansi osoblja kako bi se izgradila kompetentna ekipa.
 * Razvijanje i implementacija efektvnih marketinških strategija za promociju restorana i povećanje angažmana kupaca.
 * Praćenje finansijskih performansi, uključujući budžetiranje, prognoziranje i kontrolu troškova kako bi se maksimizirala profitabilnost.
 * Osiguravanje usklađenosti sa zakonima i propisima o zdravlju i sigurnosti, kao i održavanje standarda čistoće i higijene.
 * Saradnja sa kuhinjskim osobljem u stvaranju i ažuriranju menija koji zadovoljavaju preference kupaca i sezonsku dostupnost.
 * Rukovanje upitima, žalbama i povratnim informacijama kupaca kako bi se poboljšao doživljaj gostiju i podstakla lojalnost.
 * Održavanje odnosa sa dobavljačima i prodavačima kako bi se osigurala blagovremena isporuka kvalitetnih proizvoda.
 * Analiza tržišnih trendova i aktivnosti konkurenata kako bi se identifikovale mogućnosti za rast i poboljšanje.
 * Planiranje i organizacija specijalnih događaja i promocija kako bi se privukli novi kupci i zadržali postojeći.</t>
+  </si>
+  <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Menadžer maloprodajnih kladioničkih poslovnica</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Upravljanje mrežom fizičkih kladioničarskih poslovnica.
+Odgovornost za učinak, prihode i operativu poslovnica.
+Organizacija smjena i obuke zaposlenika.
+Kontrola usklađenosti s propisima i internim pravilima.
+Rješavanje pritužbi i situacija s korisnicima.
+Optimizacija procesa i troškova.
+Saradnja s centralom i marketingom.</t>
   </si>
   <si>
     <t>Sales Manager</t>
   </si>
   <si>
     <t>Menadžer prodaje</t>
   </si>
   <si>
     <t>* Leading a team of sales representatives with the goal of securing their development, coaching, motivation, and continuous growth.
 * Actively seek out and contact important customers.
 * Develop and close large sales opportunities.
 * Maintain sales contacts and care for key customers.
 * Responsibility for achieving the company’s sales goals.
 * Planning sales goals.
 * Presenting complex services and solutions to customers.
 * Concluding co-operation contracts and subsequent care for key customers.</t>
   </si>
   <si>
     <t xml:space="preserve">* Vođenje tima prodajnih predstavnika s ciljem osiguranja njihovog razvoja, treniranja, motivacije i kontinuiranog rasta.
 * Aktivna potraga i kontakt sa važnim klijentima.
 * Razvijanje i sklapanje velikih mogućnosti prodaje.
 * Održavanje prodajnih kontakata i briga za ključne kupce.
 * Odgovornost za postizanje prodajnih ciljeva kompanije.
 * Planiranje prodajnih ciljeva.
 * Predstavljajanje kompleksne usluge i rješenja klijentima.
@@ -8670,72 +8866,74 @@
 * Pružanje obuke zaposlenicima o upotrebi proizvodne mašinerije i opreme.
 * Izrada tehničkih izvještaja.
 * Pružanje tehničke podrške unutrašnjim i vanjskim kupcima.</t>
   </si>
   <si>
     <t>Technician</t>
   </si>
   <si>
     <t>Tehničar</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t>* Pomoć u puštanju u rad mašina, mašinskih uređaja i aparata u proizvodnom procesu inženjeringa.
 * Analiza kvarova radi utvrđivanja uzroka njihovog nastanka.
 * Obavljanje popravki mašina, mašinskih uređaja i aparata zamjenom neispravnih komponenata novim ili modificiranjem softvera.
 * Upravljanje i provjera tehničke dokumentacije te njeno ažuriranje.
 * Osiguravanje tehničke podrške procesa i proizvoda u proizvodnom procesu inženjeringa.</t>
   </si>
   <si>
-    <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
-[...20 lines deleted...]
-* Ažuriranje novih tehnika i materijala za lakiranje kako bi se poboljšali vještine i kvalitet rada.</t>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Tehnolog zavarivanja</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Izrada tehnoloških postupaka zavarivanja (WPS).
+Podešavanje parametara zavarivanja za različite materijale.
+Kontrola kvaliteta zavara i pridržavanja procedura.
+Odgovornost za certifikaciju procesa zavarivanja i zavarivača.
+Uvođenje novih tehnologija i alata za zavarivanje.
+Saradnja s proizvodnjom na rješavanju odstupanja.
+Analiza grešaka zavara i predlaganje korektivnih mjera.
+Kontrola dokumentacije i auditne aktivnosti.</t>
   </si>
   <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Medicina, farmacija, veterina</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Vozač hitne pomoći</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
@@ -8985,50 +9183,76 @@
 * Pružanje preporuka i savjeta o specijalističkim pregledima. 
 </t>
   </si>
   <si>
     <t>Doctor</t>
   </si>
   <si>
     <t>Ljekar</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t xml:space="preserve">* Dijagnoza akutnih i hroničnih bolesti u okviru opće medicine i preporukom za terapiju i dijagnostičke procedure.
 * Uska saradnja s drugim ljekarima specijalistima.
 * Prikupljanje uzoraka za hematologiju i biohemijske testove, brisevi za uzgoj.
 * Pohranjivanje rezultata ispitivanja u zdravstvenu knjižicu pacijneta, vođenje evidencije ambulantne skrbi zajedno s medicinskim sestrama.
 * Dodjeljivanje bodova i pohranjivanje pojedinih zdravstvenih postupaka za ugovorena zdravstvena osiguranja.
 </t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Ginekolog</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje ginekoloških oboljenja.
+Vođenje trudnoće i prenatalna njega.
+Preventivni ginekološki pregledi.
+Izvođenje manjih ginekoloških zahvata.
+Konsultacije o kontracepciji i reproduktivnom zdravlju.
+Tumačenje rezultata ultrazvuka i laboratorijskih nalaza.
+Nadzor nad pacijenticama nakon operacije.
+Vođenje dokumentacije i preporuka dodatnih pregleda.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t>* Sudjelovanje u planiranju budžeta za kadre i regrutaciju
 * Osigurati da njegu staračkog kadra ispunjava zakonske standarde
 * Pregledati i odobriti politike i postupke njegu staračkog kadra
 * Procijeniti učinak djelovanja njegu kadra
 * Saraditi sa kadrom njegu, visim menadžmentom i vanjskim agencijama u koordinaciji njegu bolesnika
 * Obučiti kadrove u poslovodstvu njegu i koordinirati edukativne programe za bolesnike i njihove porodice
 * Organizirati sastanke sa medicinskim kadrom iz drugih odjeljenja
 * Osigurati da medicinske usluge njegu ispunjavaju potrebe bolesnika
 * Uvesti sisteme za osiguranje kvaliteta
@@ -9060,50 +9284,76 @@
 * Rad s informacionim sistemom zdravstvene ustanove.
 * Upisivanje izvršenih obavljena u dokumentaciju, izvještavanje o aktivnostima za potrebe zdravstvenih osiguravajućih društava i statistike.</t>
   </si>
   <si>
     <t>Hygiene Officer</t>
   </si>
   <si>
     <t>Higijeničar</t>
   </si>
   <si>
     <t>* Collecting samples of food, snacks, ready meals, drinks and water samples from springs, pools, dams and their subsequent microbiological analysing.
 * Performing announced and unannounced inspections of new and existing business operations.
 * Issuing approvals/disapprovals for the opening of new operations.
 * Issuing warnings and recommendations regarding the consumption and use of harmful food, cosmetics, contaminated water sources, water expanses etc.
 * Imposing fines on natural and legal persons in accordance with the applicable legislation.
 * Mandating compulsory vaccination in case of the risk of an outbreak.</t>
   </si>
   <si>
     <t xml:space="preserve">* Prikupljanje uzoraka hrane, užine, gotovih jela, pića i uzoraka vode iz izvora, bazena, brana i njihovih naknadnih mikrobioloških analiza.
 * Izvođenje najavljenih i nenajavljenih inspekcijskih provjera novih i postojećih poduzeća.
 * Izdavanje odobrenja/odbijenica za otvaranje novih poslova.
 * Izdavanje upozorenja i preporuka vezano za potrošnju i korištenje štetne hrane, kozmetike, zagađenih izvora vode, vodenih prostranstva itd.
 * Izricanje novčanih kazni za fizička i pravna lica u skladu sa važećim zakonskim propisima.
 * Ovlaštenje za obavezno vakcinisanje u slučaju rizika od izbijanja zaraze.
 </t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Internista</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje bolesti unutrašnjih organa.
+Kompleksno upravljanje hroničnim bolestima (dijabetes, hipertenzija…).
+Interpretacija laboratorijskih i radioloških nalaza.
+Postavljanje farmakoterapije i praćenje rezultata.
+Preventivni pregledi i edukacija pacijenata.
+Konsultacije za druge specijaliste i porodične ljekare.
+Bolnička njega u zavisnosti od radnog mjesta.
+Vođenje dokumentacije i odlučivanje o dodatnim pregledima.</t>
   </si>
   <si>
     <t>Masseur</t>
   </si>
   <si>
     <t>Maser</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
     <t xml:space="preserve">* Izvođenje jednostavnih masaža s naglaskom na mišiće, tetive, ligamente, zglobove, kičmu i vrat.
 * Obavljanje sportskih masaža i različite vrste obloga.
 * Izvođenje refleksnih masaža i ručne limfne drenaže pod vodstvom certificiranih fizioterapeuta.
 * Pružanje savjeta o različitim vrstama vježbi.
 </t>
   </si>
   <si>
     <t>Medical Advisor</t>
   </si>
   <si>
     <t>Medicinski savjetnik</t>
@@ -9190,50 +9440,76 @@
     <t>Midwife</t>
   </si>
   <si>
     <t>Akušer, babica</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period.
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
     <t xml:space="preserve">* Pružanje njege ženama tokom trudnoće, porođaja i post porođajnog perioda.
 * Održavanje i pratećenje optimalnog zdravstvenog stanja novih i budućih majki.
 * Vođenje porođaja, saradnja sa ljekarom u slučaju komplikacija.
 * Obrazovanje novih i budućih majki o skrbi za novorođenčad.
 * Priprema novih i budućih majki za dojenje.
 * Posjete ženama s ginekološkim problemima.
 * Upravljanje medicinskom dokumentacijom.
 </t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neurolog</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Dijagnostika bolesti nervnog sistema (mozak, kičma, periferni živci).
+Obavljanje neurološkog pregleda.
+Indikacija EMG‑a, EEG‑a, MR‑a i drugih testova.
+Liječenje akutnih i hroničnih neuroloških stanja.
+Dugoročno praćenje pacijenata s progresivnim bolestima.
+Saradnja s rehabilitacijom i neurohirurgijom.
+Vođenje medicinske dokumentacije.
+Edukacija pacijenata i porodica o upravljanju bolešću.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Medicinska sestra/tehničar</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t xml:space="preserve">* Pružanje pomoći pri specijaliziranim medicinskim postupcima i pregledima.
 * Mjerenje i praćenje vitalnih znakova i funkcija pacijenata.
 * Davanje injekcija i propisanih lijekova pacijentima.
 * Prikupljanje uzoraka biološkog materijala.
 * Uspostavljanje redoslijeda preventivnih provjera i pregleda pacijenata.
 * Vođenje zdravstvene evidencije i dokumentacije.
 * Pranje, dezinfekcija i sterilizacija medicinskih instrumenata i pomagala.
 * Pružanje prve pomoći u hitnim slučajevima.
 </t>
@@ -9259,50 +9535,76 @@
 * Održavanje obvezne medicinske dokumentacije.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Ortopedski tehničar</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Provjera protetskih proizvoda i poluproizvoda.
 * Obrada kože (sirove kože) i obloga ručno i pomoću strojeva.
 * Izrada ortopedskih pomagala pomoću strojeva.
 * Spajanje ortopedskih materijala ručno i šivanjem strojem, zakivanjem (čvrsto vezivanje metalnim komponentama), itd.
 * Prilagođavanje ortopedskih dijelova izrađenih od drveta, kože, plastičnih masa i drugih prirodnih materijala.
 * Izrada mekih zavojnih povesa i kombinovanih ortopedskih umetaka.
 * Izrada ortopedskih obuće na temelju recepta.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pedijatar</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i liječenje bolesti kod djece od rođenja do adolescencije.
+Preventivni pregledi i praćenje rasta i razvoja djeteta.
+Vakcinacija i vođenje vakcinalne dokumentacije.
+Propisivanje terapije i praćenje njene učinkovitosti.
+Konsultacije s roditeljima o zdravlju i ishrani djece.
+Identifikacija razvojnih poremećaja i upućivanje stručnjacima.
+Vođenje zdravstvene dokumentacije.
+Saradnja s bolnicama i specijalistima u kompleksnom liječenju.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Farmaceutski tehničar</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>* Pripremanje lijekova prema standardnim receptima.
 * Mjerenje supstanci korištenih u pripremi lijekova, bez učešća u procesu formulacije prema uputstvima ljekara.
 * Održavanje laboratorijske opreme i osiguranje čistoće.
 * Provjera različitih fizičko-hemijskih i bioloških analiza i mjerenja koristeći laboratorijske aparate.
 * Pomoć u pripremi proizvodnje i nadzor nad tehnološkim fazama u proizvodnji farmaceutskih i kozmetičkih proizvoda.
@@ -9344,130 +9646,208 @@
 * Održavanje točnih zapisa o receptima, interakcijama s pacijentima i zalihama lijekova.
 * Ažuriranje sa novim lijekovima, tretmanima i propisima u industriji kako bi se omogućila najbolja moguća njega.</t>
   </si>
   <si>
     <t>Physiotherapist</t>
   </si>
   <si>
     <t>Psihoterapeut</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
     <t xml:space="preserve">* Procjena zdravstvenog stanja bolesnika, dijagnosticiranje izvora problema.
 * Propisivanje specijaliziranih vježbi, ovisno o prirodi problema.
 * Pokazivanje rehabilitacijskih postupaka i vježbi.
 * Instruiranje bolesnika u vezi pravilnog hodanja, stajanja, sjedenja i držanja.
 * Upravljanje dokumentacijom o zdravstvenom stanju bolesnika.
 </t>
   </si>
   <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psihijatar</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Dijagnostika mentalnih poremećaja.
+Propisivanje psihofarmaka i praćenje njihove učinkovitosti.
+Krizna intervencija i upravljanje akutnim stanjima.
+Dugotrajno praćenje pacijenata s hroničnim dijagnozama.
+Saradnja s psiholozima i terapeutima.
+Bolnička briga u zavisnosti od ustanove.
+Izrada nalaza i stručnih izvještaja.
+Vođenje dokumentacije i planiranje liječenja.</t>
+  </si>
+  <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>Radiograf</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Izvođenje dijagnostičkih slikovnih pregleda pomoću rendgen opsreme kako bi se pomoglo u dijagnosticiranju i liječenju pacijenata.
 * Saradnja sa ljekarima i profesionalcima iz oblasti zdravstva kako bi se odredile odgovarajuće tehnike i protokoli snimanja.
 * Priprema pacijenata za radiografske postupke objašnjavajući postupak, rješavajući zabrinutosti i obezbjeđujući udobnost.
 * Pozicioniranje pacijenata kako bi se dobile slike visoke kvalitete istovremeno smanjujući izloženost radijaciji.
 * Održavanje i rukovanje radiografskom opremom, obezbjeđujući prihvatljivost u skladu sa normama sigurnosti i kvaliteta.
 * Analiza slika po tehničkom kvalitetu i pomoć pri tumačenju nalaza.
 * Čuvanje tačnih zdravstvenih kartona pacijenata i dokumentiranje izvršenih postupaka i dobijenih rezultata.
 * Obezbjeđivanje čistoće i organizacije odeljenja za radiografiju i opreme.
 * Ažuriranje o napretku u tehnologiji i tehnikama radiografije putem kontinuiranog obrazovanja i treninga.
 * Pridržavanje svih regulatornih i sigurnosnih uputstava kako bi se obezbijedio bezbedan okoliš za pacijente i osoblje.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Radiolog</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Izvođenje i ocjenjivanje radioloških pregleda (RTG, UZV, CT, MR).
+Izrada nalaza i davanje dijagnostičkih preporuka.
+Saradnja s kliničkim ljekarima u dijagnostici.
+Nadzor nad tehničkim kvalitetom pregleda.
+Zaštita od zračenja i poštivanje zakonskih propisa.
+Dokumentacija i arhiviranje snimaka.
+Preporuka dodatnih pregleda prema potrebi.
+Konsultacije nalaza s drugim stručnjacima.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>Asistent radiologije</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Samostalno specijalizirano profesionalno djelovanje tokom standardnih skiagrafskih i skiaszkopskih pregleda.
 * Pomoć pri ne-standardnim radiološkim operacijama pomoću kompleksne instrumentacije.
 * Razvijanje i obrada filmskog materijala u tamnoj komori.
 * Izvođenje CT i MR pregleda te pomoć pri CT-vođenim intervencijama (biopsija i drenaža).
 * Obrada CT i MR dokumentacije slika i njihov zapis na elektronskim medijima.
 * Informiranje pacijenta o naravi, pripremi, trajanju i potencijalnim rizicima pregleda kao i vrijeme primaanja rezultata.</t>
   </si>
   <si>
     <t>Social rehabilitation specialist</t>
   </si>
   <si>
     <t>Specijalista socijalne rehabilitacije</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
     <t>* Procjena potreba i sposobnosti pojedinaca koji zahtijevaju usluge socijalne rehabilitacije.
 * Razvijanje i implementacija personalizovanih planova rehabilitacije u saradnji sa klijentima i interdisciplinarnim timovima.
 * Pružanje vodstva i podrške klijentima u razvijanju životnih vještina, socijalnih vještina i strategija suočavanja sa stresom.
 * Organiziranje grupnih terapijskih sesija i radionica za promociju socijalne interakcije i integracije u zajednicu.
 * Praćenje napretka klijenata i prilagođavanje planova rehabilitacije po potrebi kako bi se postigao optimalan ishod.
 * Saradnja sa stručnjacima iz oblasti zdravstva, socijalnim radnicima i organizacijama zajednice u koordinaciji usluga i resursa.
 * Edukacija klijenata i njihovih porodica o raspoloživim socijalnim uslugama i sistemima podrške.
 * Zastupanje prava i potreba klijenata unutar različitih okvira socijalnih usluga.
 * Vođenje tačnih zapisa i dokumentacije o interakcijama sa klijentima, njihovom napretku i ishodima.
 * Stalno informiranje o najboljim praksama i razvoju u oblasti socijalne rehabilitacije i srodnim oblastima.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Hirurg</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Dijagnostika i indikacija hirurških zahvata.
+Izvođenje operativnih procedura.
+Njega pacijenta prije i poslije operacije.
+Procjena rizika operacije i informiranje pacijenta.
+Praćenje zarastanja rana i prevencija komplikacija.
+Saradnja s anesteziologijom i drugim oblastima.
+Kontrola rezultata i planiranje daljnjeg liječenja.
+Vođenje hirurške dokumentacije.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Veterinar</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t xml:space="preserve">* Ispitivanje zdravlja životinja, postavljanje dijagnoze.
 * Pregledavanje i uklanjanje bolesnog tkiva.
 * Pripisivanje i doziranje lijekova.
 * Obavljanje operacija. 
 * Cijepljenje životinja. 
 * Sterilizacija životinja.
 * Eutanazija životinja.
@@ -9802,74 +10182,50 @@
     <t>Paker</t>
   </si>
   <si>
     <t>* Sorting products by size, weight, colour, content, etc.
 * Sticking information labels and stickers on product packaging.
 * Packing products in boxes.</t>
   </si>
   <si>
     <t xml:space="preserve">* Razvrstavanje proizvoda po veličini, težini, boji, sadržaju, itd.
 * Lijepljenje informativnih natpisa i naljepnica na pakovanje proizvoda.
 * Pakiranje proizvoda u kutije.
 </t>
   </si>
   <si>
     <t>* Odgovornost za implementaciju novih proizvoda u kompaniji.
 * Izrada detaljne proizvodne dokumentacije i postupaka rada.
 * Ažuriranje proizvodne dokumentacije i postupaka rada u slučaju promjene u proizvodnom procesu.
 * Implementacija alata koji povećavaju efikasnost proizvodnog procesa (npr. Six Sigma, Kaizen, Lean, poka-yoke itd.).
 * Smanjenje proizvodnih troškova uz očuvanje potrebnog nivoa kvalitete.
 * Rješavanje nastalih problema i nepravilnosti.
 * Učešće u izboru i uvođenju tehnološke opreme na kompanijskom prostoru.
 * Procjena potreba što se tiče osoblja, vremena proizvodnje i troškova.
 * Komunikacija sa ostalim odeljenjima u kompaniji.</t>
   </si>
   <si>
-    <t>* Developing and executing marketing strategies for new and existing products.
-[...22 lines deleted...]
-  <si>
     <t>Production Planner</t>
   </si>
   <si>
     <t>Planer proizvodnje</t>
   </si>
   <si>
     <t>* Planning the production process on the basis of received orders, calculating production capacities.
 * Drawing up daily, weekly and monthly production plans.
 * Ensuring timely supplies of material.
 * Adjusting production plans based on stock levels and production capacities.
 * Ensuring the smooth running of the production process.
 * Monitoring compliance with the production deadlines in accordance with the production plan.
 * Proposing measures to optimise the production process.
 * Analysing production downtime and bottlenecks in the planning process.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t xml:space="preserve">* Planiranje proizvodnje na temelju narudžbe, računajući na proizvodne kapacitete. 
 * Izrada dnevnih, sedmičnih i mjesečnih planova proizvodnje. 
 * Osiguravanje materijala za proizvodnju.
 * Prilagodba planova proizvodnje na temelju stanja u skladištu i proizvodnim kapacitetima. 
 * Osigurvanje nesmetano funkcioniranje proizvodnog procesa.
 * Praćenje usklađenosti proizvodnih rokova u skladu s planom proizvodnje.
 * Predlaganje mjera optimizacije proizvodnog procesa. 
 * Analiza vremena produkcije i 'uskog grla' planiranja procesa. 
@@ -10597,50 +10953,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Pomaži porodicama u planiranju i organiziranju pogrebnih usluga na saosjećajni i poštujući način.
 * Pruža savjete o pogrebnim aranžmanima, uključujući izbor lijesa, transport i memorialne usluge.
 * Koordinira s različitim pružateljima usluga, kao što su groblja, krematoriji i cvjećari.
 * Priprema i podnosi potrebne pravne dokumente, kao što su potvrde o smrti i dozvole.
 * Osigurava propisnu njegu i pripremu pokojnika, uključujući balzamiranje i oblačenje.
 * Upravlja logistikom za pogrebanu službu, uključujući postavljanje prostora i nadzor tokom službe.
 * Nudi emocionalnu podršku i savjetovanje žalnim porodicama tokom procesa planiranja.
 * Održava čist i poštujući okoliš u pogrebnom domu i pridruženim objektima.
 * Pridržava se zakonskih propisa i etničkih standarda u svim aspektima posla.
 * Sudjeluje u stalnom profesionalnom razvoju i obuci kako bi bio u toku sa industrijskim praksama i propisima.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Operater igraonice / kazina</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Usluživanje gostiju u igraonici ili kasinu.
+Nadzor rada gaming aparata.
+Davanje informacija o igrama i pravilima.
+Rješavanje osnovnih tehničkih i operativnih problema.
+Provjera starosti i dozvole igrača.
+Poštivanje internih i zakonskih pravila.
+Održavanje čistoće i reda u poslovnici.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Baštovan</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t xml:space="preserve">* Briga za cvjetnjake, travnjake, drveće i grmlje u vrtovima, voćnjacima i javnim parkovima.
 * Okapanje i pođubrivanje tla, čupanje korova.
 * Sadnja i navodnjavanje ukrasnih biljaka, grmova, stabala i živica.
 * Sijanje, zalijevanje i košenje travnjaka.
 * Zaštita vegetacije od štetočina i bolesti korištenjem hemijskih agenasa.
 * Žetva i skladištenje voća i povrća.
 * Popravak vrtnog alata.
 </t>
   </si>
   <si>
@@ -10789,50 +11169,74 @@
   <si>
     <t>Vodoinstalater</t>
   </si>
   <si>
     <t>* Preparing the work environment before work.
 * Reading technical documentation for obtaining information on installation design and the method of securing and connecting different devices.
 * Cutting and digging openings in walls and floors.
 * Adjusting pipes by cutting, bending, welding, and carving threads.
 * Mounting, dismantling, and servicing water supply, sewage, gas, and heating pipeline distribution systems and equipment.
 * Performing leak and pressure tests in accordance with the valid standards.</t>
   </si>
   <si>
     <t xml:space="preserve">* Priprema radnog okruženje prije posla.
 * Iščitanje tehničke dokumentacije za dobijanje informacija o postavljanju konstrukcije i načinu osiguravanja i povezivanja različitih uređaja.
 * Rezanje i kopanje otvora u zidovima i podovima.
 * Podešavanje cijevi rezanjem, savijanjem, zavarivanjem i rezbarenjem.
 * Montaža, demontaža, te održavanje vodovoda, kanalizacija, plina, grijanja i cjevovoda distributivnih sistema i opreme.
 * Ispitivanja pritiska i mogućeg curenja u skladu sa važećim standardima.
 </t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Tehnologija, razvoj</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Servisni tehničar gaming uređaja</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Instalacija, podešavanje i servisiranje gaming uređaja.
+Dijagnostika i otklanjanje tehničkih kvarova.
+Redovno održavanje automata.
+Osiguravanje tehničke sigurnosti i funkcionalnosti.
+Dokumentovanje intervencija i prijava kvarova.
+Saradnja s menadžerima poslovnica.
+Testiranje novih uređaja i komponenti.</t>
   </si>
   <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>Rukovodilac tehničkog odeljenja</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
   </si>
   <si>
     <t>* Organizacija proizvodnje na temelju mjesečnih i godišnjih planova proizvodnje koji se podnose upravnom odboru kompanije.
 * Razvijanje planova u skladu sa poslovnom strategijom kompanije.
 * Osiguravanje provedbe planova kroz nadzor nad određenim proizvodnim objektima ili podređenim tehničkim službama, uključujući kontrolu kvalitete, razvoj, održavanje i sigurnost na radu, delegirajući zadatke pojedinačnim članovima tima.
 * Organizacija toka proizvodne dokumentacije i predlaganje, provođenje i praćenje usklađenosti sa organizacionim pravilima.
 * Rješavanje aktualnih tehničkih problema kako bi se obezbijedio neprekinut, siguran i efikasan rad pogona.
@@ -10866,74 +11270,50 @@
 * Providing technical support and troubleshooting assistance to staff and clients.
 * Maintaining and updating technical documentation, including user manuals and system specifications.
 * Participating in project planning and execution, ensuring adherence to timelines and budgets.
 * Monitoring system performance and implementing improvements as necessary.
 * Training staff on new technologies and systems to enhance operational efficiency.
 * Ensuring compliance with industry standards and regulations in all technical processes.
 * Contributing to continuous improvement initiatives by providing insights and recommendations based on technical expertise.</t>
   </si>
   <si>
     <t>* Pomažete u razvoju i implementaciji tehničkih rješenja za zadovoljavanje potreba organizacije.
 * Provode istraživanja i analizu kako bi se identifikovali trendovi i napredak u tehnologiji relevantnoj za kompaniju.
 * Saradujete s timovima koji imaju različite funkcije kako bi se dizajnirali, testirali i usavršavali tehnički proizvodi i servisi.
 * Prilikom stručne podrške i otklanjanja problema pružate pomoć zaposlenicima i klijentima.
 * Održavate i ažurirate tehničku dokumentaciju, uključujući upute za korisnike i sistemske specifikacije.
 * Učestvujete u planiranju i izvršenju projekata, osiguravajući poštivanje vremenskih planova i budžeta.
 * Nadgledate rad sistema i implementirate poboljšanja prema potrebi.
 * Obučavate zaposlenike o novim tehnologijama i sistemima kako bi se poboljšala operativna učinkovitost.
 * Osiguravate usklađenost sa industrijskim standardima i propisima u svim tehničkim procesima.
 * Doprinosite inicijativama za kontinuirano poboljšanje pružajući uvide i preporuke na temelju tehničke stručnosti.</t>
   </si>
   <si>
     <t>Telecommunications</t>
   </si>
   <si>
     <t>Telekomunikacije</t>
-  </si>
-[...22 lines deleted...]
-* Pružanje podrške tokom nadogradnje i aktivnosti održavanja sustava po potrebi.</t>
   </si>
   <si>
     <t>Mobile Network Development Specialist</t>
   </si>
   <si>
     <t>Specijalista razvoja mobilnih mreža</t>
   </si>
   <si>
     <t>* Develop and optimize mobile network infrastructure to enhance performance and coverage.
 * Collaborate with cross-functional teams to design and implement network solutions that meet business requirements.
 * Conduct site surveys and assessments to identify opportunities for network expansion and improvement.
 * Analyze network performance data and generate reports to inform strategic decisions.
 * Ensure compliance with industry standards and regulations in all network development activities.
 * Coordinate with vendors and service providers to procure necessary equipment and services.
 * Troubleshoot and resolve network issues in a timely manner to minimize downtime.
 * Participate in the planning and execution of network deployment projects, ensuring timely delivery.
 * Stay updated on emerging technologies and trends in mobile telecommunications to drive innovation.
 * Provide technical support and guidance to internal teams and stakeholders regarding mobile network capabilities and enhancements.</t>
   </si>
   <si>
     <t>* Razvijati i optimizirati infrastrukturu mobilne mreže kako bi se poboljšala performansa i pokrivenost.
 * Suradivati sa različitim stručnim timovima kako bi se dizajnirali i implementirali mrežni rješenja koji zadovoljavaju poslovne zahtjeve.
 * Izvoditi pregled mjesta i procjene kako bi se identificirale mogućnosti za proširenje i poboljšanje mreže.
 * Analizirati podatke o performansama mreže i generisati izvještaje koji će služiti kao podloga za strateška odlučivanja.
 * Osigurati usklađenost sa industrijskim standardima i regulacijama u svim aktivnostima razvoja mreže.
@@ -11586,50 +11966,84 @@
   <si>
     <t>Turoperater</t>
   </si>
   <si>
     <t>* Selling flight tickets, boat tickets, excursions, tours and additional tourist services.
 * Providing tourist information.
 * Working with internal reservation system.
 * Responsibility for checking and the correctness of the prices charged.
 * Concluding contracts regarding the tour provision.
 * Providing personal, telephone, e-mail or fax communication with clients.
 * Designing and implementing activities to promote sales.
 * Receiving and resolving reported claims and complaints.</t>
   </si>
   <si>
     <t xml:space="preserve">* Prodaja avionskih karata, izleta i dodatnih turističkih usluga.
 * Pružanje turističkih informacija. 
 * Rad na internom rezervacijskom sistemu.
 * Odgovornost za provjeru i ispravnost naplaćenih usluga. 
 * Zaključivanje ugovora o naručenim turama.
 * Pružanje osobne, telefonske, e-mail ili fax komunikacije sa klijentima.
 * Izrada i provođenje aktivnosti za promicanje prodaje.
 * Primanje i rješavanje prijavljenih potraživanja i pritužbi.
 </t>
   </si>
   <si>
+    <t>Catering manager</t>
+  </si>
+  <si>
+    <t>Menadžer keteringa</t>
+  </si>
+  <si>
+    <t>* Preparing, and overseeing activities related to food preparation.
+* Planning menus in consultation with chefs.
+* Recruiting and training permanent and casual staff.
+* Planning staff shifts and rotes.
+* Ensuring health and safety regulations are strictly observed.
+* Monitoring the quality of the product and service provided.
+* Keeping financial and administrative records.
+* Managing the payroll and monitoring spending levels.
+* Maintaining stock levels and ordering new supplies as required.
+* Interacting with customers if involved with front of house work.
+* Liaising with suppliers and clients.
+* Negotiating contracts with customers, assessing their requirements and ensuring they are satisfied with the service delivered (in contract catering).</t>
+  </si>
+  <si>
+    <t>* Priprema i nadzor aktivnosti vezanih za pripremu hrane.
+* Planiranje menija u konsultacijama sa kuvarima.
+* Regrutacija i obuka stalnog i povremenog osoblja.
+* Planiranje smjena i rasporeda rada osoblja.
+* Osiguravanje striktnog poštivanja propisa o zdravlju i sigurnosti.
+* Praćenje kvaliteta proizvoda i usluga koje se pružaju.
+* Vođenje finansičkih i administrativnih zapisa.
+* Upravljanje platnim spisima i praćenje nivoa trošenja.
+* Održavanje nivoa zaliha i naručivanje novih potrepština prema potrebi.
+* Komunikacija sa klijentima ukoliko je uključen u rad sa klijentima.
+* Komunikacija sa dobavljačima i klijentima.
+* Pregovori o ugovorima sa klijentima, ocjenjivanje njihovih potreba i osiguravanje da su zadovoljni uslugom koja se pruža (u ugovornom catering servisu).</t>
+  </si>
+  <si>
     <t>Chambermaid</t>
   </si>
   <si>
     <t>Spremačica</t>
   </si>
   <si>
     <t>* Cleaning of rooms, hallways, and common areas.
 * Regular vacuuming and dusting.
 * Making the beds and adjusting the sheeting.
 * Changing used bed linen and towels.
 * Cleaning bathrooms and toilets and refilling missing toiletries.
 * Emptying dustbins and changing used ashtrays.
 * Replenishing the contents of room mini-bars and refrigerators.</t>
   </si>
   <si>
     <t xml:space="preserve">* Čišćenje soba, hodnika, i zajedničkih prostorija.
 * Redovito usisavanje i brisanje prašine.
 * Pospremanje kreveta i posteljine.
 * Mijenjanjanje posteljine i peškira.
 * Čišćenje kupaonica i WC-a, nadopuna potrepština kupaonice.
 * Pražnjenje kanti i mijenjanje korištenih pepeljara.
 * Nadopuna sadržaja sobnih mini-barova i frižidera.
 </t>
   </si>
   <si>
@@ -11727,50 +12141,72 @@
   <si>
     <t>Stjuart/Stjuardesa</t>
   </si>
   <si>
     <t>* Attending a pre-flight safety briefing.
 * Welcoming passengers on board the aircraft, directing them to their seats according to the information on their boarding cards, and assisting them with their hand luggage.
 * Informing passengers of the aircraft safety procedures and providing a safety demonstration.
 * Preparing, serving, and selling meals and drinks.
 * Selling duty-free goods.
 * Checking the passengers and crew members regularly.
 * Distributing customs forms on international flights and assisting the passengers to fill them in.
 * Giving first aid to a limited extent.
 * Overseeing that the cleanliness and order on board is maintained.</t>
   </si>
   <si>
     <t xml:space="preserve">* Sudjelovanje na sastancima o sigurnosti prije leta.
 * Pozdravljajnje putnika pri ulasku u avion, usmjeravanje putnika na njihova mjesta prema informacijama na ukrcajnim karticama te pomoć sa ručnim prtljagom.
 * Informiranje putnika o sigirnosnim procedurama aviona i demonstracija istih.
 * Priprema, posluživanje i prodaja jela i pića.
 * Prodaja bescarinske robe.
 * Redovna provjera putnika i članova posade.
 * Distribucija carinskih obrazaca na međunarodnim letovima i pomoć putnicima pri ispunjavanju istih.
 * Pružanje prve pomoći putnicima.
 * Nadziranje održavanja čistoće i reda. 
 </t>
+  </si>
+  <si>
+    <t>Houseman</t>
+  </si>
+  <si>
+    <t>Operativni radnik housekeepinga</t>
+  </si>
+  <si>
+    <t>* Taking part in the effective fulfilling of the daily working tasks in the housekeeping department.
+* Caring for the main storehouse in the housekeeping department.
+* Taking orders of working aids for chambermaids and cleaners.
+* Taking out large goods and working aids to the individual storerooms on the storeys.
+* Taking out, bringing and sorting out of the hotel bed sheets and tea towels.
+* Taking responsibility for the regular monthly stocktaking.</t>
+  </si>
+  <si>
+    <t>* Učešće u efektivnom izvršavanju dnevnih radnih zadataka u odjelu za održavanje.
+* Briga o glavnom spremištu u odjelu za održavanje.
+* Naručivanje radnih pomagala za sobarice i čistаче.
+* Iznošenje velikih dobara i radnih pomagala u pojedinačne skladišta na katovima.
+* Iznošenje, donošenje i sortiranje hotelskog posteljinja i čajnih krpa.
+* Preuzimanje odgovornosti za redovno mjesečno inventariziranje.</t>
   </si>
   <si>
     <t>Lifeguard, Swimming Instructor</t>
   </si>
   <si>
     <t>Spasilac, Instruktor plivanja</t>
   </si>
   <si>
     <t>* Saving drowning visitors of swimming pools, water parks, beaches and similar facilities.
 * Supervising compliance with the rules of swimming facilities.
 * Providing first aid to visitors of the swimming facilities.</t>
   </si>
   <si>
     <t xml:space="preserve">* Spašavanje utopljenika sa bazena, vodenih parkova, plaža i slično. 
 * Nadgledanje poštivanja pravila ponašanja. 
 * Pružanje prve pomoći posjetiocima. </t>
   </si>
   <si>
     <t>Pizza Cook</t>
   </si>
   <si>
     <t>Pica majstor</t>
   </si>
   <si>
     <t>* Preparing pizza and pizza products in a special wood-burning oven 
@@ -12184,80 +12620,50 @@
   </si>
   <si>
     <t>* Ensuring the national and international transport of goods.
 * Seeking and contacting new customers.
 * Receiving and completing pricing inquiries and orders for shipment.
 * Negotiating the terms and conditions and contracting with carriers.
 * Monitoring the availability of vehicles and ensuring their occupancy.
 * Entering data into the information system.
 * Preparing documents for billing.
 * Monitoring the payment discipline of customers.
 * Communicating with customers and carriers.
 * Resolving claims.</t>
   </si>
   <si>
     <t xml:space="preserve">* Osigurati nacionalni i međunarodni prijevoz robe.
 * Pronalaženje i kontaktiranje novih klijenata.
 * Preuzimanje upita i pružanje odgovora na upite o cijenama kao i preuzimanje narudžbi za pošiljke.
 * Pregovaranje o uslovima i sklapanje ugovora s prijevoznicima.
 * Praćenje raspoloživosti vozila i pravljenje rasporeda korištenja.
 * Unos podataka u sistem.
 * Priprema dokumentacije za fakturisanje.
 * Praćenje naplate od kupaca.
 * Komuniciranje sa kupcima i prijevoznicima.
 * Rješavanje zahtjeva i pritužbi.
 </t>
-  </si>
-[...28 lines deleted...]
-* Vođenje incijativa za promicanje kulture sigurnosti i usklađenosti u okviru organizacije.</t>
   </si>
   <si>
     <t>Logistics Clerk</t>
   </si>
   <si>
     <t>Saobraćajni tehničar</t>
   </si>
   <si>
     <t>* Ensuring the continuous supply of materials for the production department.
 * Monitoring material levels in storage in the information system.
 * Communicating with suppliers regarding the method and time of material delivery.
 * Communicating with the warehousers concerning the optimal storage of pallets with material in storage areas.
 * Communicating with the production department with regard to ensuring a sufficient supply of the materials that are necessary for the smooth operation of production.
 * Cooperating with the head of the production department in creating the production plan.
 * Managing and updating records in the information system.</t>
   </si>
   <si>
     <t xml:space="preserve">* Osigurati kontinuiranu opskrbu proizvodnog odjela materijalima.
 * Praćenje zaliha materijala i pohrana u informacijski sistem.
 * Komuniciranje s dobavljačima o načinu i vremenu isporuke materijala.
 * Komuniciranje sa skladištarima o optimalnom skladištenju paleta s materijalima u skladišta.
 * Komuniciranje s proizvodnim odjelom obraćajući pažnju na osiguranje dovoljno materijala koji su potrebni za nesmetano funkcioniranje proizvodnje.
 * Saradnja sa šefom odjela proizvodnje pri kreiranju plana proizvodnje.
 * Upravljanje i ažuriranje arhivom u informacijskom sistemu.
 </t>
@@ -13160,88 +13566,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F533"/>
+  <dimension ref="A1:F548"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F533"/>
+      <selection activeCell="E6" sqref="E6:F548"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>528</v>
+        <v>543</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -14062,534 +14468,534 @@
         <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>122</v>
       </c>
       <c r="B47" t="s">
         <v>123</v>
       </c>
       <c r="C47" t="s">
         <v>180</v>
       </c>
       <c r="D47" t="s">
         <v>181</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>122</v>
+      </c>
+      <c r="B48" t="s">
+        <v>123</v>
+      </c>
+      <c r="C48" t="s">
         <v>184</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>185</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="D48" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B49" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C49" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D49" t="s">
         <v>190</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>191</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B50" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C50" t="s">
         <v>193</v>
       </c>
       <c r="D50" t="s">
         <v>194</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B51" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C51" t="s">
         <v>197</v>
       </c>
       <c r="D51" t="s">
         <v>198</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>199</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B52" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C52" t="s">
         <v>201</v>
       </c>
       <c r="D52" t="s">
         <v>202</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B53" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C53" t="s">
         <v>205</v>
       </c>
       <c r="D53" t="s">
         <v>206</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B54" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C54" t="s">
         <v>209</v>
       </c>
       <c r="D54" t="s">
         <v>210</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B55" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C55" t="s">
         <v>213</v>
       </c>
       <c r="D55" t="s">
         <v>214</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B56" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C56" t="s">
         <v>217</v>
       </c>
       <c r="D56" t="s">
         <v>218</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B57" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C57" t="s">
         <v>221</v>
       </c>
       <c r="D57" t="s">
         <v>222</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B58" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C58" t="s">
         <v>225</v>
       </c>
       <c r="D58" t="s">
         <v>226</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B59" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C59" t="s">
         <v>229</v>
       </c>
       <c r="D59" t="s">
         <v>230</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B60" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C60" t="s">
         <v>233</v>
       </c>
       <c r="D60" t="s">
         <v>234</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B61" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C61" t="s">
         <v>237</v>
       </c>
       <c r="D61" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>184</v>
+        <v>241</v>
       </c>
       <c r="B62" t="s">
-        <v>185</v>
+        <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D62" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B63" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C63" t="s">
         <v>247</v>
       </c>
       <c r="D63" t="s">
         <v>248</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B64" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C64" t="s">
         <v>251</v>
       </c>
       <c r="D64" t="s">
         <v>252</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B65" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C65" t="s">
         <v>255</v>
       </c>
       <c r="D65" t="s">
         <v>256</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B66" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C66" t="s">
         <v>259</v>
       </c>
       <c r="D66" t="s">
         <v>260</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B67" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C67" t="s">
         <v>263</v>
       </c>
       <c r="D67" t="s">
         <v>264</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B68" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C68" t="s">
         <v>267</v>
       </c>
       <c r="D68" t="s">
         <v>268</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B69" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C69" t="s">
         <v>271</v>
       </c>
       <c r="D69" t="s">
         <v>272</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B70" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C70" t="s">
         <v>275</v>
       </c>
       <c r="D70" t="s">
         <v>276</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B71" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C71" t="s">
         <v>279</v>
       </c>
       <c r="D71" t="s">
         <v>280</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B72" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C72" t="s">
         <v>283</v>
       </c>
       <c r="D72" t="s">
         <v>284</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>287</v>
       </c>
       <c r="B73" t="s">
         <v>288</v>
       </c>
       <c r="C73" t="s">
         <v>289</v>
       </c>
       <c r="D73" t="s">
@@ -14831,8997 +15237,9293 @@
       </c>
       <c r="C85" t="s">
         <v>333</v>
       </c>
       <c r="D85" t="s">
         <v>333</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>301</v>
       </c>
       <c r="B86" t="s">
         <v>302</v>
       </c>
       <c r="C86" t="s">
         <v>336</v>
       </c>
       <c r="D86" t="s">
+        <v>336</v>
+      </c>
+      <c r="E86" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>301</v>
       </c>
       <c r="B87" t="s">
         <v>302</v>
       </c>
       <c r="C87" t="s">
+        <v>339</v>
+      </c>
+      <c r="D87" t="s">
         <v>340</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>301</v>
       </c>
       <c r="B88" t="s">
         <v>302</v>
       </c>
       <c r="C88" t="s">
+        <v>343</v>
+      </c>
+      <c r="D88" t="s">
         <v>344</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>301</v>
       </c>
       <c r="B89" t="s">
         <v>302</v>
       </c>
       <c r="C89" t="s">
+        <v>347</v>
+      </c>
+      <c r="D89" t="s">
         <v>348</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>301</v>
       </c>
       <c r="B90" t="s">
         <v>302</v>
       </c>
       <c r="C90" t="s">
+        <v>351</v>
+      </c>
+      <c r="D90" t="s">
         <v>352</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" s="2" t="s">
         <v>353</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="F90" s="2" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>301</v>
       </c>
       <c r="B91" t="s">
         <v>302</v>
       </c>
       <c r="C91" t="s">
+        <v>355</v>
+      </c>
+      <c r="D91" t="s">
         <v>356</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>301</v>
       </c>
       <c r="B92" t="s">
         <v>302</v>
       </c>
       <c r="C92" t="s">
+        <v>359</v>
+      </c>
+      <c r="D92" t="s">
         <v>360</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>301</v>
       </c>
       <c r="B93" t="s">
         <v>302</v>
       </c>
       <c r="C93" t="s">
+        <v>363</v>
+      </c>
+      <c r="D93" t="s">
         <v>364</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>301</v>
       </c>
       <c r="B94" t="s">
         <v>302</v>
       </c>
       <c r="C94" t="s">
+        <v>367</v>
+      </c>
+      <c r="D94" t="s">
         <v>368</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>301</v>
       </c>
       <c r="B95" t="s">
         <v>302</v>
       </c>
       <c r="C95" t="s">
+        <v>371</v>
+      </c>
+      <c r="D95" t="s">
         <v>372</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="F95" s="2" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>301</v>
       </c>
       <c r="B96" t="s">
         <v>302</v>
       </c>
       <c r="C96" t="s">
+        <v>375</v>
+      </c>
+      <c r="D96" t="s">
         <v>376</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>301</v>
       </c>
       <c r="B97" t="s">
         <v>302</v>
       </c>
       <c r="C97" t="s">
+        <v>379</v>
+      </c>
+      <c r="D97" t="s">
         <v>380</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>301</v>
       </c>
       <c r="B98" t="s">
         <v>302</v>
       </c>
       <c r="C98" t="s">
+        <v>383</v>
+      </c>
+      <c r="D98" t="s">
         <v>384</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="F98" s="2" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
+        <v>387</v>
+      </c>
+      <c r="B99" t="s">
         <v>388</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>389</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>390</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="F99" s="2" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
+        <v>387</v>
+      </c>
+      <c r="B100" t="s">
         <v>388</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" t="s">
+        <v>393</v>
+      </c>
+      <c r="D100" t="s">
         <v>394</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
+        <v>387</v>
+      </c>
+      <c r="B101" t="s">
         <v>388</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" t="s">
+        <v>397</v>
+      </c>
+      <c r="D101" t="s">
         <v>398</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
+        <v>387</v>
+      </c>
+      <c r="B102" t="s">
         <v>388</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
+        <v>401</v>
+      </c>
+      <c r="D102" t="s">
         <v>402</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="F102" s="2" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
+        <v>387</v>
+      </c>
+      <c r="B103" t="s">
         <v>388</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" t="s">
+        <v>405</v>
+      </c>
+      <c r="D103" t="s">
         <v>406</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="F103" s="2" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
+        <v>387</v>
+      </c>
+      <c r="B104" t="s">
         <v>388</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" t="s">
+        <v>409</v>
+      </c>
+      <c r="D104" t="s">
         <v>410</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>387</v>
+      </c>
+      <c r="B105" t="s">
         <v>388</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
+        <v>413</v>
+      </c>
+      <c r="D105" t="s">
         <v>414</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
+        <v>387</v>
+      </c>
+      <c r="B106" t="s">
         <v>388</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
+        <v>417</v>
+      </c>
+      <c r="D106" t="s">
         <v>418</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="F106" s="2" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
+        <v>387</v>
+      </c>
+      <c r="B107" t="s">
         <v>388</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
+        <v>421</v>
+      </c>
+      <c r="D107" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>387</v>
+      </c>
+      <c r="B108" t="s">
         <v>388</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s">
-        <v>259</v>
+        <v>425</v>
       </c>
       <c r="D108" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
+        <v>387</v>
+      </c>
+      <c r="B109" t="s">
         <v>388</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" t="s">
-        <v>427</v>
+        <v>255</v>
       </c>
       <c r="D109" t="s">
+        <v>256</v>
+      </c>
+      <c r="E109" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
+        <v>387</v>
+      </c>
+      <c r="B110" t="s">
         <v>388</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" t="s">
+        <v>430</v>
+      </c>
+      <c r="D110" t="s">
         <v>431</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
+        <v>387</v>
+      </c>
+      <c r="B111" t="s">
         <v>388</v>
       </c>
-      <c r="B111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" t="s">
+        <v>434</v>
+      </c>
+      <c r="D111" t="s">
         <v>435</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="F111" s="2" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>387</v>
+      </c>
+      <c r="B112" t="s">
         <v>388</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s">
+        <v>438</v>
+      </c>
+      <c r="D112" t="s">
         <v>439</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="F112" s="2" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>387</v>
+      </c>
+      <c r="B113" t="s">
         <v>388</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" t="s">
+        <v>442</v>
+      </c>
+      <c r="D113" t="s">
         <v>443</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="E113" s="2" t="s">
+      <c r="F113" s="2" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>387</v>
+      </c>
+      <c r="B114" t="s">
         <v>388</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
+        <v>446</v>
+      </c>
+      <c r="D114" t="s">
         <v>447</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" s="2" t="s">
         <v>448</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="F114" s="2" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
+        <v>387</v>
+      </c>
+      <c r="B115" t="s">
         <v>388</v>
       </c>
-      <c r="B115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" t="s">
+        <v>450</v>
+      </c>
+      <c r="D115" t="s">
         <v>451</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="E115" s="2" t="s">
+      <c r="F115" s="2" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
+        <v>387</v>
+      </c>
+      <c r="B116" t="s">
         <v>388</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" t="s">
+        <v>454</v>
+      </c>
+      <c r="D116" t="s">
         <v>455</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="E116" s="2" t="s">
+      <c r="F116" s="2" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
+        <v>387</v>
+      </c>
+      <c r="B117" t="s">
         <v>388</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
+        <v>458</v>
+      </c>
+      <c r="D117" t="s">
         <v>459</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>387</v>
+      </c>
+      <c r="B118" t="s">
         <v>388</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" t="s">
+        <v>462</v>
+      </c>
+      <c r="D118" t="s">
         <v>463</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="E118" s="2" t="s">
+      <c r="F118" s="2" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
+        <v>387</v>
+      </c>
+      <c r="B119" t="s">
         <v>388</v>
       </c>
-      <c r="B119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" t="s">
+        <v>466</v>
+      </c>
+      <c r="D119" t="s">
+        <v>466</v>
+      </c>
+      <c r="E119" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="D119" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
+        <v>387</v>
+      </c>
+      <c r="B120" t="s">
         <v>388</v>
       </c>
-      <c r="B120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" t="s">
+        <v>469</v>
+      </c>
+      <c r="D120" t="s">
         <v>470</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
+        <v>387</v>
+      </c>
+      <c r="B121" t="s">
         <v>388</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" t="s">
+        <v>473</v>
+      </c>
+      <c r="D121" t="s">
         <v>474</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="E121" s="2" t="s">
+      <c r="F121" s="2" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>387</v>
+      </c>
+      <c r="B122" t="s">
         <v>388</v>
       </c>
-      <c r="B122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" t="s">
+        <v>477</v>
+      </c>
+      <c r="D122" t="s">
         <v>478</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>387</v>
+      </c>
+      <c r="B123" t="s">
         <v>388</v>
       </c>
-      <c r="B123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" t="s">
+        <v>481</v>
+      </c>
+      <c r="D123" t="s">
         <v>482</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" s="2" t="s">
         <v>483</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>387</v>
+      </c>
+      <c r="B124" t="s">
         <v>388</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" t="s">
+        <v>485</v>
+      </c>
+      <c r="D124" t="s">
         <v>486</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="E124" s="2" t="s">
+      <c r="F124" s="2" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>387</v>
+      </c>
+      <c r="B125" t="s">
+        <v>388</v>
+      </c>
+      <c r="C125" t="s">
+        <v>489</v>
+      </c>
+      <c r="D125" t="s">
         <v>490</v>
       </c>
-      <c r="B125" t="s">
+      <c r="E125" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="C125" t="s">
+      <c r="F125" s="2" t="s">
         <v>492</v>
-      </c>
-[...7 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B126" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C126" t="s">
         <v>495</v>
       </c>
       <c r="D126" t="s">
+        <v>495</v>
+      </c>
+      <c r="E126" s="2" t="s">
         <v>496</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F126" s="2" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B127" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C127" t="s">
+        <v>498</v>
+      </c>
+      <c r="D127" t="s">
         <v>499</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
+        <v>493</v>
+      </c>
+      <c r="B128" t="s">
+        <v>494</v>
+      </c>
+      <c r="C128" t="s">
+        <v>502</v>
+      </c>
+      <c r="D128" t="s">
         <v>503</v>
       </c>
-      <c r="B128" t="s">
+      <c r="E128" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="C128" t="s">
+      <c r="F128" s="2" t="s">
         <v>505</v>
-      </c>
-[...7 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B129" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C129" t="s">
+        <v>508</v>
+      </c>
+      <c r="D129" t="s">
         <v>509</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="F129" s="2" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B130" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C130" t="s">
+        <v>512</v>
+      </c>
+      <c r="D130" t="s">
         <v>513</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="F130" s="2" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B131" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C131" t="s">
+        <v>516</v>
+      </c>
+      <c r="D131" t="s">
         <v>517</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="F131" s="2" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B132" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C132" t="s">
+        <v>520</v>
+      </c>
+      <c r="D132" t="s">
         <v>521</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B133" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C133" t="s">
+        <v>524</v>
+      </c>
+      <c r="D133" t="s">
         <v>525</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="E133" s="2" t="s">
+      <c r="F133" s="2" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B134" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C134" t="s">
+        <v>528</v>
+      </c>
+      <c r="D134" t="s">
         <v>529</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" s="2" t="s">
         <v>530</v>
       </c>
-      <c r="E134" s="2" t="s">
+      <c r="F134" s="2" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B135" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C135" t="s">
+        <v>532</v>
+      </c>
+      <c r="D135" t="s">
         <v>533</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="E135" s="2" t="s">
+      <c r="F135" s="2" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B136" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C136" t="s">
+        <v>536</v>
+      </c>
+      <c r="D136" t="s">
         <v>537</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="E136" s="2" t="s">
+      <c r="F136" s="2" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B137" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C137" t="s">
+        <v>540</v>
+      </c>
+      <c r="D137" t="s">
         <v>541</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" s="2" t="s">
         <v>542</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="F137" s="2" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B138" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C138" t="s">
+        <v>544</v>
+      </c>
+      <c r="D138" t="s">
         <v>545</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" s="2" t="s">
         <v>546</v>
       </c>
-      <c r="E138" s="2" t="s">
+      <c r="F138" s="2" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B139" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C139" t="s">
+        <v>548</v>
+      </c>
+      <c r="D139" t="s">
         <v>549</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B140" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C140" t="s">
+        <v>552</v>
+      </c>
+      <c r="D140" t="s">
         <v>553</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="F140" s="2" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B141" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C141" t="s">
+        <v>556</v>
+      </c>
+      <c r="D141" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B142" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C142" t="s">
-        <v>213</v>
+        <v>560</v>
       </c>
       <c r="D142" t="s">
-        <v>214</v>
+        <v>238</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B143" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C143" t="s">
-        <v>562</v>
+        <v>209</v>
       </c>
       <c r="D143" t="s">
+        <v>210</v>
+      </c>
+      <c r="E143" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B144" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C144" t="s">
+        <v>565</v>
+      </c>
+      <c r="D144" t="s">
         <v>566</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" s="2" t="s">
         <v>567</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B145" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C145" t="s">
+        <v>569</v>
+      </c>
+      <c r="D145" t="s">
         <v>570</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" s="2" t="s">
         <v>571</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B146" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C146" t="s">
+        <v>573</v>
+      </c>
+      <c r="D146" t="s">
         <v>574</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="F146" s="2" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B147" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C147" t="s">
+        <v>577</v>
+      </c>
+      <c r="D147" t="s">
         <v>578</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="E147" s="2" t="s">
+      <c r="F147" s="2" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B148" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C148" t="s">
+        <v>581</v>
+      </c>
+      <c r="D148" t="s">
         <v>582</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" s="2" t="s">
         <v>583</v>
       </c>
-      <c r="E148" s="2" t="s">
+      <c r="F148" s="2" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B149" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C149" t="s">
+        <v>585</v>
+      </c>
+      <c r="D149" t="s">
         <v>586</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" s="2" t="s">
         <v>587</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="F149" s="2" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B150" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C150" t="s">
+        <v>589</v>
+      </c>
+      <c r="D150" t="s">
         <v>590</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="F150" s="2" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B151" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C151" t="s">
+        <v>593</v>
+      </c>
+      <c r="D151" t="s">
         <v>594</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" s="2" t="s">
         <v>595</v>
       </c>
-      <c r="E151" s="2" t="s">
+      <c r="F151" s="2" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B152" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C152" t="s">
+        <v>597</v>
+      </c>
+      <c r="D152" t="s">
         <v>598</v>
       </c>
-      <c r="D152" t="s">
+      <c r="E152" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="E152" s="2" t="s">
+      <c r="F152" s="2" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
+        <v>506</v>
+      </c>
+      <c r="B153" t="s">
+        <v>507</v>
+      </c>
+      <c r="C153" t="s">
+        <v>601</v>
+      </c>
+      <c r="D153" t="s">
         <v>602</v>
       </c>
-      <c r="B153" t="s">
+      <c r="E153" s="2" t="s">
         <v>603</v>
       </c>
-      <c r="C153" t="s">
+      <c r="F153" s="2" t="s">
         <v>604</v>
-      </c>
-[...7 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B154" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C154" t="s">
+        <v>607</v>
+      </c>
+      <c r="D154" t="s">
         <v>608</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E154" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="E154" s="2" t="s">
+      <c r="F154" s="2" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B155" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C155" t="s">
+        <v>611</v>
+      </c>
+      <c r="D155" t="s">
         <v>612</v>
       </c>
-      <c r="D155" t="s">
+      <c r="E155" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="E155" s="2" t="s">
+      <c r="F155" s="2" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B156" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C156" t="s">
+        <v>615</v>
+      </c>
+      <c r="D156" t="s">
         <v>616</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="F156" s="2" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B157" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C157" t="s">
+        <v>619</v>
+      </c>
+      <c r="D157" t="s">
         <v>620</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="F157" s="2" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B158" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C158" t="s">
+        <v>623</v>
+      </c>
+      <c r="D158" t="s">
         <v>624</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" s="2" t="s">
         <v>625</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="F158" s="2" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B159" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C159" t="s">
+        <v>627</v>
+      </c>
+      <c r="D159" t="s">
         <v>628</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B160" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C160" t="s">
+        <v>631</v>
+      </c>
+      <c r="D160" t="s">
         <v>632</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" s="2" t="s">
         <v>633</v>
       </c>
-      <c r="E160" s="2" t="s">
+      <c r="F160" s="2" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B161" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C161" t="s">
+        <v>635</v>
+      </c>
+      <c r="D161" t="s">
         <v>636</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="E161" s="2" t="s">
+      <c r="F161" s="2" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B162" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C162" t="s">
+        <v>639</v>
+      </c>
+      <c r="D162" t="s">
         <v>640</v>
       </c>
-      <c r="D162" t="s">
+      <c r="E162" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="E162" s="2" t="s">
+      <c r="F162" s="2" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B163" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C163" t="s">
+        <v>643</v>
+      </c>
+      <c r="D163" t="s">
         <v>644</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="E163" s="2" t="s">
+      <c r="F163" s="2" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B164" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C164" t="s">
+        <v>647</v>
+      </c>
+      <c r="D164" t="s">
         <v>648</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="E164" s="2" t="s">
+      <c r="F164" s="2" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B165" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C165" t="s">
+        <v>651</v>
+      </c>
+      <c r="D165" t="s">
         <v>652</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" s="2" t="s">
         <v>653</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B166" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C166" t="s">
+        <v>655</v>
+      </c>
+      <c r="D166" t="s">
         <v>656</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="E166" s="2" t="s">
+      <c r="F166" s="2" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B167" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C167" t="s">
+        <v>659</v>
+      </c>
+      <c r="D167" t="s">
         <v>660</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" s="2" t="s">
         <v>661</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="F167" s="2" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B168" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C168" t="s">
+        <v>663</v>
+      </c>
+      <c r="D168" t="s">
         <v>664</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" s="2" t="s">
         <v>665</v>
       </c>
-      <c r="E168" s="2" t="s">
+      <c r="F168" s="2" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B169" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C169" t="s">
+        <v>667</v>
+      </c>
+      <c r="D169" t="s">
         <v>668</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="E169" s="2" t="s">
+      <c r="F169" s="2" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
+        <v>671</v>
+      </c>
+      <c r="B170" t="s">
         <v>672</v>
       </c>
-      <c r="B170" t="s">
+      <c r="C170" t="s">
+        <v>255</v>
+      </c>
+      <c r="D170" t="s">
+        <v>256</v>
+      </c>
+      <c r="E170" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="C170" t="s">
-[...5 lines deleted...]
-      <c r="E170" s="2" t="s">
+      <c r="F170" s="2" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
+        <v>671</v>
+      </c>
+      <c r="B171" t="s">
         <v>672</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D171" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="E171" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="F171" s="2" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
+        <v>671</v>
+      </c>
+      <c r="B172" t="s">
         <v>672</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" t="s">
+        <v>677</v>
+      </c>
+      <c r="D172" t="s">
         <v>678</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" s="2" t="s">
         <v>679</v>
       </c>
-      <c r="E172" s="2" t="s">
+      <c r="F172" s="2" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
+        <v>671</v>
+      </c>
+      <c r="B173" t="s">
         <v>672</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" t="s">
+        <v>681</v>
+      </c>
+      <c r="D173" t="s">
         <v>682</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="E173" s="2" t="s">
+      <c r="F173" s="2" t="s">
         <v>684</v>
-      </c>
-[...1 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
+        <v>671</v>
+      </c>
+      <c r="B174" t="s">
         <v>672</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" t="s">
+        <v>685</v>
+      </c>
+      <c r="D174" t="s">
         <v>686</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" s="2" t="s">
         <v>687</v>
       </c>
-      <c r="E174" s="2" t="s">
+      <c r="F174" s="2" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
+        <v>671</v>
+      </c>
+      <c r="B175" t="s">
         <v>672</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" t="s">
+        <v>689</v>
+      </c>
+      <c r="D175" t="s">
         <v>690</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" s="2" t="s">
         <v>691</v>
       </c>
-      <c r="E175" s="2" t="s">
+      <c r="F175" s="2" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
+        <v>671</v>
+      </c>
+      <c r="B176" t="s">
         <v>672</v>
       </c>
-      <c r="B176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" t="s">
+        <v>693</v>
+      </c>
+      <c r="D176" t="s">
         <v>694</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176" s="2" t="s">
         <v>695</v>
       </c>
-      <c r="E176" s="2" t="s">
+      <c r="F176" s="2" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
+        <v>671</v>
+      </c>
+      <c r="B177" t="s">
         <v>672</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" t="s">
+        <v>697</v>
+      </c>
+      <c r="D177" t="s">
         <v>698</v>
       </c>
-      <c r="D177" t="s">
+      <c r="E177" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="E177" s="2" t="s">
+      <c r="F177" s="2" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
+        <v>671</v>
+      </c>
+      <c r="B178" t="s">
         <v>672</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" t="s">
+        <v>701</v>
+      </c>
+      <c r="D178" t="s">
         <v>702</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" s="2" t="s">
         <v>703</v>
       </c>
-      <c r="E178" s="2" t="s">
+      <c r="F178" s="2" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
+        <v>671</v>
+      </c>
+      <c r="B179" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="C179" t="s">
         <v>267</v>
       </c>
       <c r="D179" t="s">
         <v>268</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
+        <v>671</v>
+      </c>
+      <c r="B180" t="s">
         <v>672</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" t="s">
+        <v>706</v>
+      </c>
+      <c r="D180" t="s">
         <v>707</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" s="2" t="s">
         <v>708</v>
       </c>
-      <c r="E180" s="2" t="s">
+      <c r="F180" s="2" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
+        <v>671</v>
+      </c>
+      <c r="B181" t="s">
         <v>672</v>
       </c>
-      <c r="B181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" t="s">
+        <v>710</v>
+      </c>
+      <c r="D181" t="s">
         <v>711</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" s="2" t="s">
         <v>712</v>
       </c>
-      <c r="E181" s="2" t="s">
+      <c r="F181" s="2" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>671</v>
+      </c>
+      <c r="B182" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="C182" t="s">
         <v>275</v>
       </c>
       <c r="D182" t="s">
         <v>276</v>
       </c>
       <c r="E182" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="F182" s="2" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
+        <v>716</v>
+      </c>
+      <c r="B183" t="s">
         <v>717</v>
       </c>
-      <c r="B183" t="s">
+      <c r="C183" t="s">
         <v>718</v>
       </c>
-      <c r="C183" t="s">
+      <c r="D183" t="s">
         <v>719</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" s="2" t="s">
         <v>720</v>
       </c>
-      <c r="E183" s="2" t="s">
+      <c r="F183" s="2" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
+        <v>716</v>
+      </c>
+      <c r="B184" t="s">
         <v>717</v>
       </c>
-      <c r="B184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" t="s">
+        <v>722</v>
+      </c>
+      <c r="D184" t="s">
         <v>723</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" s="2" t="s">
         <v>724</v>
       </c>
-      <c r="E184" s="2" t="s">
+      <c r="F184" s="2" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
+        <v>716</v>
+      </c>
+      <c r="B185" t="s">
         <v>717</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" t="s">
+        <v>726</v>
+      </c>
+      <c r="D185" t="s">
         <v>727</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" s="2" t="s">
         <v>728</v>
       </c>
-      <c r="E185" s="2" t="s">
+      <c r="F185" s="2" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
+        <v>716</v>
+      </c>
+      <c r="B186" t="s">
         <v>717</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" t="s">
+        <v>730</v>
+      </c>
+      <c r="D186" t="s">
         <v>731</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" s="2" t="s">
         <v>732</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="F186" s="2" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
+        <v>716</v>
+      </c>
+      <c r="B187" t="s">
         <v>717</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" t="s">
+        <v>734</v>
+      </c>
+      <c r="D187" t="s">
         <v>735</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" s="2" t="s">
         <v>736</v>
       </c>
-      <c r="E187" s="2" t="s">
+      <c r="F187" s="2" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
+        <v>716</v>
+      </c>
+      <c r="B188" t="s">
         <v>717</v>
       </c>
-      <c r="B188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" t="s">
+        <v>738</v>
+      </c>
+      <c r="D188" t="s">
         <v>739</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E188" s="2" t="s">
         <v>740</v>
       </c>
-      <c r="E188" s="2" t="s">
+      <c r="F188" s="2" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
+        <v>742</v>
+      </c>
+      <c r="B189" t="s">
         <v>743</v>
       </c>
-      <c r="B189" t="s">
+      <c r="C189" t="s">
         <v>744</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
         <v>745</v>
       </c>
-      <c r="D189" t="s">
+      <c r="E189" s="2" t="s">
         <v>746</v>
       </c>
-      <c r="E189" s="2" t="s">
+      <c r="F189" s="2" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
+        <v>742</v>
+      </c>
+      <c r="B190" t="s">
         <v>743</v>
       </c>
-      <c r="B190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" t="s">
-        <v>205</v>
+        <v>748</v>
       </c>
       <c r="D190" t="s">
-        <v>206</v>
+        <v>749</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
+        <v>742</v>
+      </c>
+      <c r="B191" t="s">
         <v>743</v>
       </c>
-      <c r="B191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D191" t="s">
         <v>752</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
+        <v>742</v>
+      </c>
+      <c r="B192" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
       <c r="C192" t="s">
         <v>755</v>
       </c>
       <c r="D192" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
+        <v>742</v>
+      </c>
+      <c r="B193" t="s">
         <v>743</v>
       </c>
-      <c r="B193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D193" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
+        <v>742</v>
+      </c>
+      <c r="B194" t="s">
         <v>743</v>
       </c>
-      <c r="B194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D194" t="s">
         <v>763</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
+        <v>742</v>
+      </c>
+      <c r="B195" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
       <c r="C195" t="s">
         <v>766</v>
       </c>
       <c r="D195" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
+        <v>742</v>
+      </c>
+      <c r="B196" t="s">
         <v>743</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D196" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>743</v>
+        <v>774</v>
       </c>
       <c r="B197" t="s">
-        <v>744</v>
+        <v>775</v>
       </c>
       <c r="C197" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="D197" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B198" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C198" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D198" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B199" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C199" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D199" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B200" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C200" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D200" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B201" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C201" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D201" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B202" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C202" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D202" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B203" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C203" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D203" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B204" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C204" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D204" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B205" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C205" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D205" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B206" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C206" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D206" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B207" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C207" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D207" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B208" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C208" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D208" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B209" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C209" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D209" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B210" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C210" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D210" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B211" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C211" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D211" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B212" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C212" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D212" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B213" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C213" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D213" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B214" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C214" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D214" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B215" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C215" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D215" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B216" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C216" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D216" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B217" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C217" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D217" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B218" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C218" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D218" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B219" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C219" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D219" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B220" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C220" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D220" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B221" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C221" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D221" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B222" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C222" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D222" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B223" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C223" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D223" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B224" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C224" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D224" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B225" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C225" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D225" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B226" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C226" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D226" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B227" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C227" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D227" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B228" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C228" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D228" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B229" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C229" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D229" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B230" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C230" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D230" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B231" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C231" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D231" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B232" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C232" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D232" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B233" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C233" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D233" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B234" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C234" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D234" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B235" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C235" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D235" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B236" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C236" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D236" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B237" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C237" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D237" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B238" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C238" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D238" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B239" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C239" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D239" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B240" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C240" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D240" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B241" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C241" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D241" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B242" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C242" t="s">
-        <v>711</v>
+        <v>945</v>
       </c>
       <c r="D242" t="s">
-        <v>712</v>
+        <v>946</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B243" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C243" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="D243" t="s">
-        <v>708</v>
+        <v>950</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B244" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C244" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="D244" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B245" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C245" t="s">
-        <v>952</v>
+        <v>710</v>
       </c>
       <c r="D245" t="s">
-        <v>953</v>
+        <v>711</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B246" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C246" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="D246" t="s">
-        <v>956</v>
+        <v>707</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B247" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C247" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D247" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B248" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C248" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D248" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B249" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C249" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="D249" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>970</v>
+        <v>774</v>
       </c>
       <c r="B250" t="s">
-        <v>971</v>
+        <v>775</v>
       </c>
       <c r="C250" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D250" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>970</v>
+        <v>774</v>
       </c>
       <c r="B251" t="s">
-        <v>971</v>
+        <v>775</v>
       </c>
       <c r="C251" t="s">
-        <v>189</v>
+        <v>977</v>
       </c>
       <c r="D251" t="s">
-        <v>190</v>
+        <v>977</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>970</v>
+        <v>774</v>
       </c>
       <c r="B252" t="s">
-        <v>971</v>
+        <v>775</v>
       </c>
       <c r="C252" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D252" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>970</v>
+        <v>774</v>
       </c>
       <c r="B253" t="s">
-        <v>971</v>
+        <v>775</v>
       </c>
       <c r="C253" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="D253" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>970</v>
+        <v>774</v>
       </c>
       <c r="B254" t="s">
-        <v>971</v>
+        <v>775</v>
       </c>
       <c r="C254" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D254" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>970</v>
+        <v>991</v>
       </c>
       <c r="B255" t="s">
-        <v>971</v>
+        <v>992</v>
       </c>
       <c r="C255" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D255" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="B256" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="C256" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D256" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="B257" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="C257" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D257" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="B258" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="C258" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D258" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="B259" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="C259" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D259" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B260" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C260" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="D260" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B261" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C261" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D261" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B262" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C262" t="s">
-        <v>148</v>
+        <v>1022</v>
       </c>
       <c r="D262" t="s">
-        <v>149</v>
+        <v>1023</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B263" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C263" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="D263" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B264" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C264" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="D264" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B265" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C265" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="D265" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B266" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C266" t="s">
-        <v>1032</v>
+        <v>148</v>
       </c>
       <c r="D266" t="s">
-        <v>1015</v>
+        <v>149</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B267" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C267" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="D267" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B268" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C268" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="D268" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B269" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C269" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="D269" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B270" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C270" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D270" t="s">
-        <v>1048</v>
+        <v>1034</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B271" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C271" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="D271" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B272" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C272" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="D272" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B273" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C273" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D273" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B274" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C274" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D274" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B275" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C275" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="D275" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B276" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C276" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="D276" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B277" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="C277" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="D277" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1078</v>
+        <v>1013</v>
       </c>
       <c r="B278" t="s">
-        <v>1079</v>
+        <v>1014</v>
       </c>
       <c r="C278" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D278" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1078</v>
+        <v>1013</v>
       </c>
       <c r="B279" t="s">
-        <v>1079</v>
+        <v>1014</v>
       </c>
       <c r="C279" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="D279" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1078</v>
+        <v>1013</v>
       </c>
       <c r="B280" t="s">
-        <v>1079</v>
+        <v>1014</v>
       </c>
       <c r="C280" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D280" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="B281" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="C281" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="D281" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="B282" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="C282" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="D282" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="B283" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="C283" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D283" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="B284" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="C284" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="D284" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="B285" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="C285" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D285" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1112</v>
+        <v>1093</v>
       </c>
       <c r="B286" t="s">
-        <v>1113</v>
+        <v>1094</v>
       </c>
       <c r="C286" t="s">
-        <v>197</v>
+        <v>1115</v>
       </c>
       <c r="D286" t="s">
-        <v>198</v>
+        <v>1116</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>199</v>
+        <v>1117</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>200</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1112</v>
+        <v>1093</v>
       </c>
       <c r="B287" t="s">
-        <v>1113</v>
+        <v>1094</v>
       </c>
       <c r="C287" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="D287" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="B288" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="C288" t="s">
-        <v>1118</v>
+        <v>197</v>
       </c>
       <c r="D288" t="s">
-        <v>1119</v>
+        <v>198</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1120</v>
+        <v>199</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1121</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="B289" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="C289" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="D289" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="B290" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C290" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D290" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="B291" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C291" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D291" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B292" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C292" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="D292" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B293" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C293" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="D293" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B294" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C294" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="D294" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B295" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C295" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="D295" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B296" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C296" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="D296" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B297" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C297" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="D297" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B298" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C298" t="s">
-        <v>205</v>
+        <v>1162</v>
       </c>
       <c r="D298" t="s">
-        <v>206</v>
+        <v>1163</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>207</v>
+        <v>1164</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>208</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B299" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C299" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="D299" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B300" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C300" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="D300" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B301" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C301" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="D301" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B302" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C302" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="D302" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B303" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C303" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="D303" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1175</v>
+        <v>1183</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1176</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B304" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C304" t="s">
-        <v>1177</v>
+        <v>1185</v>
       </c>
       <c r="D304" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1179</v>
+        <v>1186</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1180</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B305" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C305" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="D305" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B306" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C306" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="D306" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B307" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C307" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="D307" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B308" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C308" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="D308" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B309" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C309" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="D309" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1200</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B310" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C310" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="D310" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B311" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C311" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
       <c r="D311" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B312" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C312" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="D312" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B313" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C313" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="D313" t="s">
-        <v>1213</v>
-[...6 lines deleted...]
-      </c>
+        <v>1221</v>
+      </c>
+      <c r="E313" s="2"/>
+      <c r="F313" s="2"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B314" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C314" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="D314" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B315" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C315" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="D315" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B316" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C316" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="D316" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B317" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C317" t="s">
-        <v>463</v>
+        <v>1233</v>
       </c>
       <c r="D317" t="s">
-        <v>464</v>
+        <v>1234</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1215</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B318" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C318" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="D318" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B319" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C319" t="s">
-        <v>467</v>
+        <v>1241</v>
       </c>
       <c r="D319" t="s">
-        <v>467</v>
+        <v>1242</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1232</v>
+        <v>1243</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1233</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B320" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C320" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
       <c r="D320" t="s">
-        <v>1235</v>
+        <v>1246</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1236</v>
+        <v>1247</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1237</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B321" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C321" t="s">
-        <v>1238</v>
+        <v>1249</v>
       </c>
       <c r="D321" t="s">
-        <v>1239</v>
+        <v>1250</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1240</v>
+        <v>1251</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1241</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B322" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C322" t="s">
-        <v>1242</v>
+        <v>1253</v>
       </c>
       <c r="D322" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B323" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C323" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="D323" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B324" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C324" t="s">
-        <v>1122</v>
+        <v>1260</v>
       </c>
       <c r="D324" t="s">
-        <v>1123</v>
+        <v>1261</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>1124</v>
+        <v>1262</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1125</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B325" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C325" t="s">
-        <v>1250</v>
+        <v>1263</v>
       </c>
       <c r="D325" t="s">
-        <v>1251</v>
+        <v>1264</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1252</v>
+        <v>1265</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1253</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B326" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C326" t="s">
-        <v>1254</v>
+        <v>466</v>
       </c>
       <c r="D326" t="s">
-        <v>1255</v>
+        <v>466</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1257</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B327" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C327" t="s">
-        <v>1258</v>
+        <v>1269</v>
       </c>
       <c r="D327" t="s">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1261</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B328" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C328" t="s">
-        <v>1262</v>
+        <v>1273</v>
       </c>
       <c r="D328" t="s">
-        <v>1263</v>
+        <v>1274</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1265</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B329" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C329" t="s">
-        <v>1266</v>
+        <v>1277</v>
       </c>
       <c r="D329" t="s">
-        <v>1267</v>
+        <v>1278</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1268</v>
+        <v>1279</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B330" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C330" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="D330" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1272</v>
+        <v>1283</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B331" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C331" t="s">
-        <v>1274</v>
+        <v>1285</v>
       </c>
       <c r="D331" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B332" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C332" t="s">
-        <v>1278</v>
+        <v>1133</v>
       </c>
       <c r="D332" t="s">
-        <v>1279</v>
+        <v>1134</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1280</v>
+        <v>1135</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1281</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B333" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C333" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="D333" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B334" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C334" t="s">
-        <v>303</v>
+        <v>1293</v>
       </c>
       <c r="D334" t="s">
-        <v>303</v>
+        <v>1294</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1289</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B335" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C335" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="D335" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B336" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C336" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="D336" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B337" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C337" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="D337" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B338" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C338" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="D338" t="s">
-        <v>1301</v>
+        <v>1310</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1303</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B339" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C339" t="s">
-        <v>1304</v>
+        <v>1313</v>
       </c>
       <c r="D339" t="s">
-        <v>1305</v>
+        <v>1314</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1282</v>
+        <v>1137</v>
       </c>
       <c r="B340" t="s">
-        <v>1283</v>
+        <v>1138</v>
       </c>
       <c r="C340" t="s">
-        <v>1308</v>
+        <v>1317</v>
       </c>
       <c r="D340" t="s">
-        <v>1021</v>
+        <v>1318</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B341" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C341" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="D341" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B342" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C342" t="s">
-        <v>1315</v>
+        <v>303</v>
       </c>
       <c r="D342" t="s">
-        <v>1315</v>
+        <v>303</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B343" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C343" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="D343" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B344" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C344" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="D344" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B345" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C345" t="s">
-        <v>336</v>
+        <v>1336</v>
       </c>
       <c r="D345" t="s">
-        <v>337</v>
+        <v>1337</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>338</v>
+        <v>1338</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>339</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B346" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C346" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="D346" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1328</v>
+        <v>1341</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1329</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B347" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C347" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="D347" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1333</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1282</v>
+        <v>1321</v>
       </c>
       <c r="B348" t="s">
-        <v>1283</v>
+        <v>1322</v>
       </c>
       <c r="C348" t="s">
-        <v>1334</v>
+        <v>1347</v>
       </c>
       <c r="D348" t="s">
-        <v>1335</v>
+        <v>1040</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B349" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C349" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
       <c r="D349" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B350" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C350" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
       <c r="D350" t="s">
-        <v>1345</v>
+        <v>1354</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1346</v>
+        <v>1355</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1347</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B351" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C351" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
       <c r="D351" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B352" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C352" t="s">
-        <v>259</v>
+        <v>1361</v>
       </c>
       <c r="D352" t="s">
-        <v>260</v>
+        <v>1362</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1352</v>
+        <v>1363</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B353" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C353" t="s">
-        <v>427</v>
+        <v>1365</v>
       </c>
       <c r="D353" t="s">
-        <v>428</v>
+        <v>1366</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1355</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B354" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C354" t="s">
-        <v>443</v>
+        <v>1369</v>
       </c>
       <c r="D354" t="s">
-        <v>444</v>
+        <v>1370</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1356</v>
+        <v>1371</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1357</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="B355" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="C355" t="s">
-        <v>1358</v>
+        <v>1373</v>
       </c>
       <c r="D355" t="s">
-        <v>1359</v>
+        <v>1374</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1360</v>
+        <v>1375</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1361</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B356" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C356" t="s">
-        <v>1362</v>
+        <v>1379</v>
       </c>
       <c r="D356" t="s">
-        <v>1363</v>
+        <v>1380</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1364</v>
+        <v>1381</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1365</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B357" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C357" t="s">
-        <v>1366</v>
+        <v>1383</v>
       </c>
       <c r="D357" t="s">
-        <v>1367</v>
+        <v>1384</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1368</v>
+        <v>1385</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1369</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B358" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C358" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="D358" t="s">
-        <v>1371</v>
+        <v>1388</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1373</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B359" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C359" t="s">
-        <v>1374</v>
+        <v>255</v>
       </c>
       <c r="D359" t="s">
-        <v>1375</v>
+        <v>256</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1376</v>
+        <v>1391</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1377</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B360" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C360" t="s">
-        <v>1378</v>
+        <v>430</v>
       </c>
       <c r="D360" t="s">
-        <v>1379</v>
+        <v>431</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B361" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C361" t="s">
-        <v>1382</v>
+        <v>446</v>
       </c>
       <c r="D361" t="s">
-        <v>1383</v>
+        <v>447</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B362" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C362" t="s">
-        <v>267</v>
+        <v>1397</v>
       </c>
       <c r="D362" t="s">
-        <v>268</v>
+        <v>1398</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>269</v>
+        <v>1399</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B363" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C363" t="s">
-        <v>711</v>
+        <v>1401</v>
       </c>
       <c r="D363" t="s">
-        <v>712</v>
+        <v>1402</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>943</v>
+        <v>1403</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1387</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B364" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C364" t="s">
-        <v>1388</v>
+        <v>1405</v>
       </c>
       <c r="D364" t="s">
-        <v>1389</v>
+        <v>1406</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1390</v>
+        <v>1407</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1391</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B365" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C365" t="s">
-        <v>275</v>
+        <v>1409</v>
       </c>
       <c r="D365" t="s">
-        <v>276</v>
+        <v>1410</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>277</v>
+        <v>1411</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>278</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B366" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C366" t="s">
-        <v>279</v>
+        <v>1413</v>
       </c>
       <c r="D366" t="s">
-        <v>280</v>
+        <v>1414</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1392</v>
+        <v>1415</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1393</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1338</v>
+        <v>1377</v>
       </c>
       <c r="B367" t="s">
-        <v>1339</v>
+        <v>1378</v>
       </c>
       <c r="C367" t="s">
-        <v>486</v>
+        <v>1417</v>
       </c>
       <c r="D367" t="s">
-        <v>487</v>
+        <v>1418</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>488</v>
+        <v>1419</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>489</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B368" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C368" t="s">
-        <v>1396</v>
+        <v>1421</v>
       </c>
       <c r="D368" t="s">
-        <v>1397</v>
+        <v>1422</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1398</v>
+        <v>1423</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1399</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B369" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C369" t="s">
-        <v>1400</v>
+        <v>267</v>
       </c>
       <c r="D369" t="s">
-        <v>1401</v>
+        <v>268</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1402</v>
+        <v>269</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1403</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B370" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C370" t="s">
-        <v>1404</v>
+        <v>710</v>
       </c>
       <c r="D370" t="s">
-        <v>1405</v>
+        <v>711</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1406</v>
+        <v>956</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1407</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B371" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C371" t="s">
-        <v>1408</v>
+        <v>1427</v>
       </c>
       <c r="D371" t="s">
-        <v>1409</v>
+        <v>1428</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1410</v>
+        <v>1429</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1411</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B372" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C372" t="s">
-        <v>1412</v>
+        <v>275</v>
       </c>
       <c r="D372" t="s">
-        <v>1413</v>
+        <v>276</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1414</v>
+        <v>277</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1415</v>
+        <v>278</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B373" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C373" t="s">
-        <v>1416</v>
+        <v>489</v>
       </c>
       <c r="D373" t="s">
-        <v>1417</v>
+        <v>490</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1418</v>
+        <v>491</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1419</v>
+        <v>492</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1394</v>
+        <v>1377</v>
       </c>
       <c r="B374" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="C374" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
       <c r="D374" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1422</v>
+        <v>1433</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1423</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B375" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C375" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="D375" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1426</v>
+        <v>1439</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1427</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B376" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C376" t="s">
-        <v>1428</v>
+        <v>1441</v>
       </c>
       <c r="D376" t="s">
-        <v>1429</v>
+        <v>1442</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1430</v>
+        <v>1443</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1431</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B377" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C377" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
       <c r="D377" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B378" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C378" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
       <c r="D378" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B379" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C379" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="D379" t="s">
-        <v>1417</v>
+        <v>1454</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1441</v>
+        <v>1455</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1442</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B380" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C380" t="s">
-        <v>1443</v>
+        <v>1457</v>
       </c>
       <c r="D380" t="s">
-        <v>1444</v>
+        <v>1458</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1445</v>
+        <v>1459</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1446</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B381" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C381" t="s">
-        <v>1447</v>
+        <v>1461</v>
       </c>
       <c r="D381" t="s">
-        <v>1448</v>
+        <v>1462</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1449</v>
+        <v>1463</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B382" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C382" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
       <c r="D382" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B383" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C383" t="s">
-        <v>1455</v>
+        <v>1469</v>
       </c>
       <c r="D383" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B384" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C384" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="D384" t="s">
-        <v>1460</v>
+        <v>1474</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1461</v>
+        <v>1475</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1462</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B385" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C385" t="s">
-        <v>1463</v>
+        <v>1477</v>
       </c>
       <c r="D385" t="s">
-        <v>1464</v>
+        <v>1478</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1465</v>
+        <v>1479</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1466</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B386" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C386" t="s">
-        <v>1467</v>
+        <v>1481</v>
       </c>
       <c r="D386" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1469</v>
+        <v>1483</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1470</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B387" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C387" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="D387" t="s">
-        <v>1472</v>
+        <v>1458</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1473</v>
+        <v>1486</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B388" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C388" t="s">
-        <v>1475</v>
+        <v>1488</v>
       </c>
       <c r="D388" t="s">
-        <v>1476</v>
+        <v>1489</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1477</v>
+        <v>1490</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1478</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B389" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C389" t="s">
-        <v>1479</v>
+        <v>1492</v>
       </c>
       <c r="D389" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1482</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B390" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C390" t="s">
-        <v>1483</v>
+        <v>1496</v>
       </c>
       <c r="D390" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1485</v>
+        <v>1498</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1486</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B391" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C391" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="D391" t="s">
-        <v>1488</v>
+        <v>1501</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1489</v>
+        <v>1502</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1490</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B392" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C392" t="s">
-        <v>1491</v>
+        <v>1504</v>
       </c>
       <c r="D392" t="s">
-        <v>1492</v>
+        <v>1505</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1493</v>
+        <v>1506</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B393" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C393" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="D393" t="s">
-        <v>1496</v>
+        <v>1509</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1497</v>
+        <v>1510</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1498</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B394" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C394" t="s">
-        <v>1499</v>
+        <v>1512</v>
       </c>
       <c r="D394" t="s">
-        <v>1500</v>
+        <v>1513</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1501</v>
+        <v>1514</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1502</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B395" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C395" t="s">
-        <v>1503</v>
+        <v>1516</v>
       </c>
       <c r="D395" t="s">
-        <v>1504</v>
+        <v>1517</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1505</v>
+        <v>1518</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1506</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B396" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C396" t="s">
-        <v>1507</v>
+        <v>1520</v>
       </c>
       <c r="D396" t="s">
-        <v>1508</v>
+        <v>1521</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1509</v>
+        <v>1522</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1510</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B397" t="s">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C397" t="s">
-        <v>1511</v>
+        <v>1524</v>
       </c>
       <c r="D397" t="s">
-        <v>1512</v>
+        <v>1525</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1513</v>
+        <v>1526</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1514</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1515</v>
+        <v>1435</v>
       </c>
       <c r="B398" t="s">
-        <v>1516</v>
+        <v>1436</v>
       </c>
       <c r="C398" t="s">
-        <v>1517</v>
+        <v>1528</v>
       </c>
       <c r="D398" t="s">
-        <v>1518</v>
+        <v>1529</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1519</v>
+        <v>1530</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1520</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1515</v>
+        <v>1435</v>
       </c>
       <c r="B399" t="s">
-        <v>1516</v>
+        <v>1436</v>
       </c>
       <c r="C399" t="s">
-        <v>1521</v>
+        <v>1532</v>
       </c>
       <c r="D399" t="s">
-        <v>1522</v>
+        <v>1533</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1523</v>
+        <v>1534</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1524</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1515</v>
+        <v>1435</v>
       </c>
       <c r="B400" t="s">
-        <v>1516</v>
+        <v>1436</v>
       </c>
       <c r="C400" t="s">
-        <v>1525</v>
+        <v>1536</v>
       </c>
       <c r="D400" t="s">
-        <v>1526</v>
+        <v>1537</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1527</v>
+        <v>1538</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1528</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1515</v>
+        <v>1435</v>
       </c>
       <c r="B401" t="s">
-        <v>1516</v>
+        <v>1436</v>
       </c>
       <c r="C401" t="s">
-        <v>1529</v>
+        <v>1540</v>
       </c>
       <c r="D401" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1531</v>
+        <v>1542</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1532</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1515</v>
+        <v>1435</v>
       </c>
       <c r="B402" t="s">
-        <v>1516</v>
+        <v>1436</v>
       </c>
       <c r="C402" t="s">
-        <v>1533</v>
+        <v>1544</v>
       </c>
       <c r="D402" t="s">
-        <v>1534</v>
+        <v>1545</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1535</v>
+        <v>1546</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1536</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1537</v>
+        <v>1435</v>
       </c>
       <c r="B403" t="s">
-        <v>1538</v>
+        <v>1436</v>
       </c>
       <c r="C403" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="D403" t="s">
-        <v>1540</v>
+        <v>1549</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1541</v>
+        <v>1550</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1542</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B404" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C404" t="s">
-        <v>443</v>
+        <v>1552</v>
       </c>
       <c r="D404" t="s">
-        <v>444</v>
+        <v>1553</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1356</v>
+        <v>1554</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1357</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B405" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C405" t="s">
-        <v>1545</v>
+        <v>1556</v>
       </c>
       <c r="D405" t="s">
-        <v>1546</v>
+        <v>1557</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1547</v>
+        <v>1558</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1548</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B406" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C406" t="s">
-        <v>1549</v>
+        <v>1560</v>
       </c>
       <c r="D406" t="s">
-        <v>1550</v>
+        <v>1561</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1551</v>
+        <v>1562</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1552</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B407" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C407" t="s">
-        <v>1553</v>
+        <v>1564</v>
       </c>
       <c r="D407" t="s">
-        <v>1554</v>
+        <v>1565</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1555</v>
+        <v>1566</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1556</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B408" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C408" t="s">
-        <v>1557</v>
+        <v>1568</v>
       </c>
       <c r="D408" t="s">
-        <v>1367</v>
+        <v>1569</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1558</v>
+        <v>1570</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1559</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B409" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C409" t="s">
-        <v>1370</v>
+        <v>1572</v>
       </c>
       <c r="D409" t="s">
-        <v>1371</v>
+        <v>1573</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1372</v>
+        <v>1574</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1560</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B410" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C410" t="s">
-        <v>1561</v>
+        <v>1576</v>
       </c>
       <c r="D410" t="s">
-        <v>1562</v>
+        <v>1577</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1563</v>
+        <v>1578</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1564</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1543</v>
+        <v>1435</v>
       </c>
       <c r="B411" t="s">
-        <v>1544</v>
+        <v>1436</v>
       </c>
       <c r="C411" t="s">
-        <v>1565</v>
+        <v>1580</v>
       </c>
       <c r="D411" t="s">
-        <v>1566</v>
+        <v>1581</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1567</v>
+        <v>1582</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1568</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1543</v>
+        <v>1584</v>
       </c>
       <c r="B412" t="s">
-        <v>1544</v>
+        <v>1585</v>
       </c>
       <c r="C412" t="s">
-        <v>267</v>
+        <v>1586</v>
       </c>
       <c r="D412" t="s">
-        <v>268</v>
+        <v>1587</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>269</v>
+        <v>1588</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1569</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1543</v>
+        <v>1584</v>
       </c>
       <c r="B413" t="s">
-        <v>1544</v>
+        <v>1585</v>
       </c>
       <c r="C413" t="s">
-        <v>336</v>
+        <v>1590</v>
       </c>
       <c r="D413" t="s">
-        <v>337</v>
+        <v>1591</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1570</v>
+        <v>1592</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1571</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1543</v>
+        <v>1584</v>
       </c>
       <c r="B414" t="s">
-        <v>1544</v>
+        <v>1585</v>
       </c>
       <c r="C414" t="s">
-        <v>1572</v>
+        <v>1594</v>
       </c>
       <c r="D414" t="s">
-        <v>1573</v>
+        <v>1595</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1574</v>
+        <v>1596</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1575</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1543</v>
+        <v>1584</v>
       </c>
       <c r="B415" t="s">
-        <v>1544</v>
+        <v>1585</v>
       </c>
       <c r="C415" t="s">
-        <v>1576</v>
+        <v>1598</v>
       </c>
       <c r="D415" t="s">
-        <v>1577</v>
+        <v>1599</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1578</v>
+        <v>1600</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1579</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1543</v>
+        <v>1584</v>
       </c>
       <c r="B416" t="s">
-        <v>1544</v>
+        <v>1585</v>
       </c>
       <c r="C416" t="s">
-        <v>271</v>
+        <v>1602</v>
       </c>
       <c r="D416" t="s">
-        <v>272</v>
+        <v>1603</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>273</v>
+        <v>1604</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>274</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1543</v>
+        <v>1606</v>
       </c>
       <c r="B417" t="s">
-        <v>1544</v>
+        <v>1607</v>
       </c>
       <c r="C417" t="s">
-        <v>945</v>
+        <v>1608</v>
       </c>
       <c r="D417" t="s">
-        <v>708</v>
+        <v>1609</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1580</v>
+        <v>1610</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1581</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1543</v>
+        <v>1612</v>
       </c>
       <c r="B418" t="s">
-        <v>1544</v>
+        <v>1613</v>
       </c>
       <c r="C418" t="s">
-        <v>275</v>
+        <v>446</v>
       </c>
       <c r="D418" t="s">
-        <v>276</v>
+        <v>447</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>277</v>
+        <v>1395</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>278</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1543</v>
+        <v>1612</v>
       </c>
       <c r="B419" t="s">
-        <v>1544</v>
+        <v>1613</v>
       </c>
       <c r="C419" t="s">
-        <v>1582</v>
+        <v>1614</v>
       </c>
       <c r="D419" t="s">
-        <v>1583</v>
+        <v>1615</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1584</v>
+        <v>1616</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1585</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1543</v>
+        <v>1612</v>
       </c>
       <c r="B420" t="s">
-        <v>1544</v>
+        <v>1613</v>
       </c>
       <c r="C420" t="s">
-        <v>279</v>
+        <v>1618</v>
       </c>
       <c r="D420" t="s">
-        <v>280</v>
+        <v>1619</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>281</v>
+        <v>1620</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>282</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B421" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C421" t="s">
-        <v>1588</v>
+        <v>1622</v>
       </c>
       <c r="D421" t="s">
-        <v>1589</v>
+        <v>1623</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1590</v>
+        <v>1624</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1591</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B422" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C422" t="s">
-        <v>1592</v>
+        <v>1626</v>
       </c>
       <c r="D422" t="s">
-        <v>1593</v>
+        <v>1406</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1594</v>
+        <v>1627</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1595</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B423" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C423" t="s">
-        <v>1596</v>
+        <v>1409</v>
       </c>
       <c r="D423" t="s">
-        <v>1597</v>
+        <v>1410</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1598</v>
+        <v>1411</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1599</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B424" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C424" t="s">
-        <v>1600</v>
+        <v>1630</v>
       </c>
       <c r="D424" t="s">
-        <v>1601</v>
+        <v>1631</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1602</v>
+        <v>1632</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1603</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B425" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C425" t="s">
-        <v>1604</v>
+        <v>1634</v>
       </c>
       <c r="D425" t="s">
-        <v>1605</v>
+        <v>1635</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1606</v>
+        <v>1636</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1607</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B426" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C426" t="s">
-        <v>64</v>
+        <v>267</v>
       </c>
       <c r="D426" t="s">
-        <v>1608</v>
+        <v>268</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1609</v>
+        <v>269</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1610</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="B427" t="s">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="C427" t="s">
-        <v>1611</v>
+        <v>1639</v>
       </c>
       <c r="D427" t="s">
-        <v>1612</v>
+        <v>1640</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1613</v>
+        <v>1641</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1614</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B428" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C428" t="s">
-        <v>1617</v>
+        <v>1643</v>
       </c>
       <c r="D428" t="s">
-        <v>1618</v>
+        <v>1644</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1619</v>
+        <v>1645</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1620</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B429" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C429" t="s">
-        <v>1621</v>
+        <v>271</v>
       </c>
       <c r="D429" t="s">
-        <v>1622</v>
+        <v>272</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1623</v>
+        <v>273</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1624</v>
+        <v>274</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B430" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C430" t="s">
-        <v>271</v>
+        <v>958</v>
       </c>
       <c r="D430" t="s">
-        <v>272</v>
+        <v>707</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1625</v>
+        <v>1647</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1626</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B431" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C431" t="s">
-        <v>1627</v>
+        <v>275</v>
       </c>
       <c r="D431" t="s">
-        <v>1628</v>
+        <v>276</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1629</v>
+        <v>277</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1630</v>
+        <v>278</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1631</v>
+        <v>1612</v>
       </c>
       <c r="B432" t="s">
-        <v>1632</v>
+        <v>1613</v>
       </c>
       <c r="C432" t="s">
-        <v>1633</v>
+        <v>1649</v>
       </c>
       <c r="D432" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1634</v>
+        <v>1651</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1635</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1631</v>
+        <v>1612</v>
       </c>
       <c r="B433" t="s">
-        <v>1632</v>
+        <v>1613</v>
       </c>
       <c r="C433" t="s">
-        <v>1636</v>
+        <v>279</v>
       </c>
       <c r="D433" t="s">
-        <v>1637</v>
+        <v>280</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1638</v>
+        <v>281</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1639</v>
+        <v>282</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B434" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C434" t="s">
-        <v>1640</v>
+        <v>1655</v>
       </c>
       <c r="D434" t="s">
-        <v>1641</v>
+        <v>1656</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1642</v>
+        <v>1657</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1643</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B435" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C435" t="s">
-        <v>1644</v>
+        <v>1659</v>
       </c>
       <c r="D435" t="s">
-        <v>1645</v>
+        <v>1660</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1646</v>
+        <v>1661</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1647</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B436" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C436" t="s">
-        <v>1648</v>
+        <v>1663</v>
       </c>
       <c r="D436" t="s">
-        <v>1649</v>
+        <v>1664</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1650</v>
+        <v>1665</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B437" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C437" t="s">
-        <v>1652</v>
+        <v>1667</v>
       </c>
       <c r="D437" t="s">
-        <v>1653</v>
+        <v>1668</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1654</v>
+        <v>1669</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1655</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B438" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C438" t="s">
-        <v>1656</v>
+        <v>1671</v>
       </c>
       <c r="D438" t="s">
-        <v>1657</v>
+        <v>1672</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1658</v>
+        <v>1673</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1659</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B439" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C439" t="s">
-        <v>1660</v>
+        <v>64</v>
       </c>
       <c r="D439" t="s">
-        <v>1661</v>
+        <v>1675</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1662</v>
+        <v>1676</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1663</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="B440" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="C440" t="s">
-        <v>1664</v>
+        <v>1678</v>
       </c>
       <c r="D440" t="s">
-        <v>1665</v>
+        <v>1679</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1666</v>
+        <v>1680</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1667</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1631</v>
+        <v>1682</v>
       </c>
       <c r="B441" t="s">
-        <v>1632</v>
+        <v>1683</v>
       </c>
       <c r="C441" t="s">
-        <v>1668</v>
+        <v>1684</v>
       </c>
       <c r="D441" t="s">
-        <v>1669</v>
+        <v>1685</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1670</v>
+        <v>1686</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1671</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
       <c r="B442" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="C442" t="s">
-        <v>1674</v>
+        <v>1688</v>
       </c>
       <c r="D442" t="s">
-        <v>1675</v>
+        <v>1689</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1676</v>
+        <v>1690</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1677</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
       <c r="B443" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="C443" t="s">
-        <v>1678</v>
+        <v>271</v>
       </c>
       <c r="D443" t="s">
-        <v>1679</v>
+        <v>272</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1672</v>
+        <v>1682</v>
       </c>
       <c r="B444" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="C444" t="s">
-        <v>1682</v>
+        <v>1694</v>
       </c>
       <c r="D444" t="s">
-        <v>1683</v>
+        <v>1695</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1684</v>
+        <v>1696</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1685</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B445" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C445" t="s">
-        <v>1686</v>
+        <v>1700</v>
       </c>
       <c r="D445" t="s">
-        <v>1687</v>
+        <v>1700</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1688</v>
+        <v>1701</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1689</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B446" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C446" t="s">
-        <v>1690</v>
+        <v>1703</v>
       </c>
       <c r="D446" t="s">
-        <v>1691</v>
+        <v>1704</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1692</v>
+        <v>1705</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1693</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B447" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C447" t="s">
-        <v>1694</v>
+        <v>1707</v>
       </c>
       <c r="D447" t="s">
-        <v>1695</v>
+        <v>1708</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1696</v>
+        <v>1709</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1697</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B448" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C448" t="s">
-        <v>1698</v>
+        <v>1711</v>
       </c>
       <c r="D448" t="s">
-        <v>1699</v>
+        <v>1712</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1700</v>
+        <v>1713</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1701</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B449" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C449" t="s">
-        <v>1702</v>
+        <v>1715</v>
       </c>
       <c r="D449" t="s">
-        <v>1703</v>
+        <v>1716</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1704</v>
+        <v>1717</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1705</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B450" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C450" t="s">
-        <v>1706</v>
+        <v>1719</v>
       </c>
       <c r="D450" t="s">
-        <v>1707</v>
+        <v>1720</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1708</v>
+        <v>1721</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1709</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B451" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C451" t="s">
-        <v>1710</v>
+        <v>1723</v>
       </c>
       <c r="D451" t="s">
-        <v>1711</v>
+        <v>1724</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1712</v>
+        <v>1725</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1713</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B452" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C452" t="s">
-        <v>1714</v>
+        <v>1727</v>
       </c>
       <c r="D452" t="s">
-        <v>1715</v>
+        <v>1728</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1716</v>
+        <v>1729</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1717</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="B453" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
       <c r="C453" t="s">
-        <v>1718</v>
+        <v>1731</v>
       </c>
       <c r="D453" t="s">
-        <v>1719</v>
+        <v>1732</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1720</v>
+        <v>1733</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1721</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1722</v>
+        <v>1698</v>
       </c>
       <c r="B454" t="s">
-        <v>1723</v>
+        <v>1699</v>
       </c>
       <c r="C454" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="D454" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1722</v>
+        <v>1739</v>
       </c>
       <c r="B455" t="s">
-        <v>1723</v>
+        <v>1740</v>
       </c>
       <c r="C455" t="s">
-        <v>267</v>
+        <v>1741</v>
       </c>
       <c r="D455" t="s">
-        <v>268</v>
+        <v>1742</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>269</v>
+        <v>1743</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1728</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1722</v>
+        <v>1739</v>
       </c>
       <c r="B456" t="s">
-        <v>1723</v>
+        <v>1740</v>
       </c>
       <c r="C456" t="s">
-        <v>1729</v>
+        <v>1745</v>
       </c>
       <c r="D456" t="s">
-        <v>1730</v>
+        <v>1746</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1731</v>
+        <v>1747</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1732</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="B457" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="C457" t="s">
-        <v>443</v>
+        <v>1749</v>
       </c>
       <c r="D457" t="s">
-        <v>444</v>
+        <v>1750</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1735</v>
+        <v>1751</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1736</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="B458" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="C458" t="s">
-        <v>1737</v>
+        <v>1753</v>
       </c>
       <c r="D458" t="s">
-        <v>1738</v>
+        <v>1754</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1739</v>
+        <v>1755</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1740</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="B459" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="C459" t="s">
-        <v>1388</v>
+        <v>1757</v>
       </c>
       <c r="D459" t="s">
-        <v>1389</v>
+        <v>1758</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1742</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1733</v>
+        <v>1739</v>
       </c>
       <c r="B460" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="C460" t="s">
-        <v>1743</v>
+        <v>1761</v>
       </c>
       <c r="D460" t="s">
-        <v>1744</v>
+        <v>1762</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1745</v>
+        <v>1763</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1746</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B461" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C461" t="s">
-        <v>1749</v>
+        <v>1765</v>
       </c>
       <c r="D461" t="s">
-        <v>1750</v>
+        <v>1766</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1751</v>
+        <v>1767</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1752</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B462" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C462" t="s">
-        <v>1753</v>
+        <v>1769</v>
       </c>
       <c r="D462" t="s">
-        <v>1754</v>
+        <v>1770</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1755</v>
+        <v>1771</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1756</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B463" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C463" t="s">
-        <v>1757</v>
+        <v>1773</v>
       </c>
       <c r="D463" t="s">
-        <v>1758</v>
+        <v>1774</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1759</v>
+        <v>1775</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1760</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B464" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C464" t="s">
-        <v>1761</v>
+        <v>1777</v>
       </c>
       <c r="D464" t="s">
-        <v>1762</v>
+        <v>1778</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1763</v>
+        <v>1779</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1764</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B465" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C465" t="s">
-        <v>1765</v>
+        <v>1781</v>
       </c>
       <c r="D465" t="s">
-        <v>1766</v>
+        <v>1782</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1767</v>
+        <v>1783</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1768</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B466" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C466" t="s">
-        <v>1769</v>
+        <v>1785</v>
       </c>
       <c r="D466" t="s">
-        <v>1770</v>
+        <v>1786</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1771</v>
+        <v>1787</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1772</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
       <c r="B467" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C467" t="s">
-        <v>1773</v>
+        <v>1789</v>
       </c>
       <c r="D467" t="s">
-        <v>1774</v>
+        <v>1790</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1775</v>
+        <v>1791</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1776</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1777</v>
+        <v>1793</v>
       </c>
       <c r="B468" t="s">
-        <v>1778</v>
+        <v>1794</v>
       </c>
       <c r="C468" t="s">
-        <v>1779</v>
+        <v>1795</v>
       </c>
       <c r="D468" t="s">
-        <v>1780</v>
+        <v>1796</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1781</v>
+        <v>1797</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1782</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1777</v>
+        <v>1793</v>
       </c>
       <c r="B469" t="s">
-        <v>1778</v>
+        <v>1794</v>
       </c>
       <c r="C469" t="s">
-        <v>1783</v>
+        <v>1799</v>
       </c>
       <c r="D469" t="s">
-        <v>1784</v>
+        <v>1800</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1785</v>
+        <v>1801</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1786</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1777</v>
+        <v>1793</v>
       </c>
       <c r="B470" t="s">
-        <v>1778</v>
+        <v>1794</v>
       </c>
       <c r="C470" t="s">
-        <v>1787</v>
+        <v>267</v>
       </c>
       <c r="D470" t="s">
-        <v>1788</v>
+        <v>268</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1789</v>
+        <v>269</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1790</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1777</v>
+        <v>1793</v>
       </c>
       <c r="B471" t="s">
-        <v>1778</v>
+        <v>1794</v>
       </c>
       <c r="C471" t="s">
-        <v>1791</v>
+        <v>1804</v>
       </c>
       <c r="D471" t="s">
-        <v>1792</v>
+        <v>1805</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1794</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1777</v>
+        <v>1808</v>
       </c>
       <c r="B472" t="s">
-        <v>1778</v>
+        <v>1809</v>
       </c>
       <c r="C472" t="s">
-        <v>1795</v>
+        <v>1810</v>
       </c>
       <c r="D472" t="s">
-        <v>1796</v>
+        <v>1811</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1797</v>
+        <v>1812</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1798</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1777</v>
+        <v>1808</v>
       </c>
       <c r="B473" t="s">
-        <v>1778</v>
+        <v>1809</v>
       </c>
       <c r="C473" t="s">
-        <v>1799</v>
+        <v>1427</v>
       </c>
       <c r="D473" t="s">
-        <v>1800</v>
+        <v>1428</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1801</v>
+        <v>1814</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1777</v>
+        <v>1808</v>
       </c>
       <c r="B474" t="s">
-        <v>1778</v>
+        <v>1809</v>
       </c>
       <c r="C474" t="s">
-        <v>1803</v>
+        <v>1816</v>
       </c>
       <c r="D474" t="s">
-        <v>1804</v>
+        <v>1817</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1805</v>
+        <v>1818</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1806</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="B475" t="s">
-        <v>1778</v>
+        <v>1821</v>
       </c>
       <c r="C475" t="s">
-        <v>1807</v>
+        <v>1822</v>
       </c>
       <c r="D475" t="s">
-        <v>1808</v>
+        <v>1823</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1809</v>
+        <v>1824</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1810</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="B476" t="s">
-        <v>1778</v>
+        <v>1821</v>
       </c>
       <c r="C476" t="s">
-        <v>1811</v>
+        <v>1826</v>
       </c>
       <c r="D476" t="s">
-        <v>1812</v>
+        <v>1827</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1813</v>
+        <v>1828</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1814</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="B477" t="s">
-        <v>1778</v>
+        <v>1821</v>
       </c>
       <c r="C477" t="s">
-        <v>1815</v>
+        <v>1830</v>
       </c>
       <c r="D477" t="s">
-        <v>1816</v>
+        <v>1831</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1817</v>
+        <v>1832</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1818</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="B478" t="s">
-        <v>1778</v>
+        <v>1821</v>
       </c>
       <c r="C478" t="s">
-        <v>1819</v>
+        <v>1834</v>
       </c>
       <c r="D478" t="s">
-        <v>1820</v>
+        <v>1835</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1821</v>
+        <v>1836</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1822</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="B479" t="s">
-        <v>1778</v>
+        <v>1821</v>
       </c>
       <c r="C479" t="s">
-        <v>1823</v>
+        <v>1838</v>
       </c>
       <c r="D479" t="s">
-        <v>1824</v>
+        <v>1839</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1825</v>
+        <v>1840</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1826</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="B480" t="s">
-        <v>1778</v>
+        <v>1821</v>
       </c>
       <c r="C480" t="s">
-        <v>1827</v>
+        <v>1842</v>
       </c>
       <c r="D480" t="s">
-        <v>1828</v>
+        <v>1843</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1829</v>
+        <v>1844</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1830</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1831</v>
+        <v>1820</v>
       </c>
       <c r="B481" t="s">
-        <v>1832</v>
+        <v>1821</v>
       </c>
       <c r="C481" t="s">
-        <v>1833</v>
+        <v>1846</v>
       </c>
       <c r="D481" t="s">
-        <v>1834</v>
+        <v>1847</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1835</v>
+        <v>1848</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1836</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B482" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C482" t="s">
-        <v>1837</v>
+        <v>1852</v>
       </c>
       <c r="D482" t="s">
-        <v>1838</v>
+        <v>1853</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1839</v>
+        <v>1854</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1840</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B483" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C483" t="s">
-        <v>1841</v>
+        <v>1856</v>
       </c>
       <c r="D483" t="s">
-        <v>1842</v>
+        <v>1857</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1843</v>
+        <v>1858</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1844</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B484" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C484" t="s">
-        <v>1845</v>
+        <v>1860</v>
       </c>
       <c r="D484" t="s">
-        <v>1846</v>
+        <v>1861</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1847</v>
+        <v>1862</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1848</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B485" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C485" t="s">
-        <v>1849</v>
+        <v>1864</v>
       </c>
       <c r="D485" t="s">
-        <v>1850</v>
+        <v>1865</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1851</v>
+        <v>1866</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1852</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B486" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C486" t="s">
-        <v>1853</v>
+        <v>1868</v>
       </c>
       <c r="D486" t="s">
-        <v>1854</v>
+        <v>1869</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1855</v>
+        <v>1870</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1856</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B487" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C487" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
       <c r="D487" t="s">
-        <v>1858</v>
+        <v>1873</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1859</v>
+        <v>1874</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1860</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B488" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C488" t="s">
-        <v>1861</v>
+        <v>1876</v>
       </c>
       <c r="D488" t="s">
-        <v>1862</v>
+        <v>1877</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1863</v>
+        <v>1878</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1864</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B489" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C489" t="s">
-        <v>1865</v>
+        <v>1880</v>
       </c>
       <c r="D489" t="s">
-        <v>1866</v>
+        <v>1881</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1867</v>
+        <v>1882</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1868</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B490" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C490" t="s">
-        <v>1869</v>
+        <v>1884</v>
       </c>
       <c r="D490" t="s">
-        <v>1870</v>
+        <v>1885</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1871</v>
+        <v>1886</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1872</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B491" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C491" t="s">
-        <v>1873</v>
+        <v>1888</v>
       </c>
       <c r="D491" t="s">
-        <v>1874</v>
+        <v>1889</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1875</v>
+        <v>1890</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1876</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B492" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C492" t="s">
-        <v>56</v>
+        <v>1892</v>
       </c>
       <c r="D492" t="s">
-        <v>57</v>
+        <v>1893</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1877</v>
+        <v>1894</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1878</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B493" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C493" t="s">
-        <v>1879</v>
+        <v>1896</v>
       </c>
       <c r="D493" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="B494" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="C494" t="s">
-        <v>340</v>
+        <v>1900</v>
       </c>
       <c r="D494" t="s">
-        <v>341</v>
+        <v>1901</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1883</v>
+        <v>1902</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1884</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1831</v>
+        <v>1904</v>
       </c>
       <c r="B495" t="s">
-        <v>1832</v>
+        <v>1905</v>
       </c>
       <c r="C495" t="s">
-        <v>1885</v>
+        <v>1906</v>
       </c>
       <c r="D495" t="s">
-        <v>1886</v>
+        <v>1907</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1887</v>
+        <v>1908</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1888</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1831</v>
+        <v>1904</v>
       </c>
       <c r="B496" t="s">
-        <v>1832</v>
+        <v>1905</v>
       </c>
       <c r="C496" t="s">
-        <v>1889</v>
+        <v>1910</v>
       </c>
       <c r="D496" t="s">
-        <v>1890</v>
+        <v>1911</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1891</v>
+        <v>1912</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1892</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1831</v>
+        <v>1904</v>
       </c>
       <c r="B497" t="s">
-        <v>1832</v>
+        <v>1905</v>
       </c>
       <c r="C497" t="s">
-        <v>1893</v>
+        <v>1914</v>
       </c>
       <c r="D497" t="s">
-        <v>1894</v>
+        <v>1915</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1895</v>
+        <v>1916</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1896</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="B498" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
       <c r="C498" t="s">
-        <v>1899</v>
+        <v>1918</v>
       </c>
       <c r="D498" t="s">
-        <v>1900</v>
+        <v>1919</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1901</v>
+        <v>1920</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1902</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="B499" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
       <c r="C499" t="s">
-        <v>1051</v>
+        <v>1922</v>
       </c>
       <c r="D499" t="s">
-        <v>1052</v>
+        <v>1923</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1903</v>
+        <v>1924</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1904</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
       <c r="B500" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
       <c r="C500" t="s">
-        <v>1905</v>
+        <v>1926</v>
       </c>
       <c r="D500" t="s">
-        <v>1906</v>
+        <v>1927</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1907</v>
+        <v>1928</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1908</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B501" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C501" t="s">
-        <v>1911</v>
+        <v>1930</v>
       </c>
       <c r="D501" t="s">
-        <v>1912</v>
+        <v>1931</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1913</v>
+        <v>1932</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1914</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B502" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C502" t="s">
-        <v>1915</v>
+        <v>1934</v>
       </c>
       <c r="D502" t="s">
-        <v>1916</v>
+        <v>1935</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1917</v>
+        <v>1936</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1918</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B503" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C503" t="s">
-        <v>1919</v>
+        <v>1938</v>
       </c>
       <c r="D503" t="s">
-        <v>1920</v>
+        <v>1939</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1921</v>
+        <v>1940</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1922</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B504" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C504" t="s">
-        <v>1923</v>
+        <v>1942</v>
       </c>
       <c r="D504" t="s">
-        <v>1924</v>
+        <v>1943</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1925</v>
+        <v>1944</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1926</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B505" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C505" t="s">
-        <v>1927</v>
+        <v>1946</v>
       </c>
       <c r="D505" t="s">
-        <v>1928</v>
+        <v>1947</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1929</v>
+        <v>1948</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1930</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B506" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C506" t="s">
-        <v>1931</v>
+        <v>1950</v>
       </c>
       <c r="D506" t="s">
-        <v>1932</v>
+        <v>1951</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1933</v>
+        <v>1952</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1934</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B507" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C507" t="s">
-        <v>1935</v>
+        <v>1954</v>
       </c>
       <c r="D507" t="s">
-        <v>1936</v>
+        <v>1955</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1937</v>
+        <v>1956</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1938</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B508" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C508" t="s">
-        <v>325</v>
+        <v>56</v>
       </c>
       <c r="D508" t="s">
-        <v>326</v>
+        <v>57</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1939</v>
+        <v>1958</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1940</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B509" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C509" t="s">
-        <v>1941</v>
+        <v>1960</v>
       </c>
       <c r="D509" t="s">
-        <v>1942</v>
+        <v>1961</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1943</v>
+        <v>1962</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1944</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B510" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C510" t="s">
-        <v>1945</v>
+        <v>339</v>
       </c>
       <c r="D510" t="s">
-        <v>1946</v>
+        <v>340</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1947</v>
+        <v>1964</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1948</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B511" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C511" t="s">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="D511" t="s">
-        <v>1950</v>
+        <v>1967</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1951</v>
+        <v>1968</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1952</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B512" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C512" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
       <c r="D512" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B513" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="C513" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="D513" t="s">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1960</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1909</v>
+        <v>1978</v>
       </c>
       <c r="B514" t="s">
-        <v>1910</v>
+        <v>1979</v>
       </c>
       <c r="C514" t="s">
-        <v>467</v>
+        <v>1980</v>
       </c>
       <c r="D514" t="s">
-        <v>467</v>
+        <v>1981</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1961</v>
+        <v>1982</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1962</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1909</v>
+        <v>1978</v>
       </c>
       <c r="B515" t="s">
-        <v>1910</v>
+        <v>1979</v>
       </c>
       <c r="C515" t="s">
-        <v>1963</v>
+        <v>1066</v>
       </c>
       <c r="D515" t="s">
-        <v>1963</v>
+        <v>1067</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1964</v>
+        <v>1984</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1909</v>
+        <v>1978</v>
       </c>
       <c r="B516" t="s">
-        <v>1910</v>
+        <v>1979</v>
       </c>
       <c r="C516" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
       <c r="D516" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1969</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1909</v>
+        <v>1990</v>
       </c>
       <c r="B517" t="s">
-        <v>1910</v>
+        <v>1991</v>
       </c>
       <c r="C517" t="s">
-        <v>1970</v>
+        <v>1992</v>
       </c>
       <c r="D517" t="s">
-        <v>1971</v>
+        <v>1993</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1972</v>
+        <v>1994</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1973</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1909</v>
+        <v>1990</v>
       </c>
       <c r="B518" t="s">
-        <v>1910</v>
+        <v>1991</v>
       </c>
       <c r="C518" t="s">
-        <v>1974</v>
+        <v>1996</v>
       </c>
       <c r="D518" t="s">
-        <v>1975</v>
+        <v>1997</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1976</v>
+        <v>1998</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1977</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1909</v>
+        <v>1990</v>
       </c>
       <c r="B519" t="s">
-        <v>1910</v>
+        <v>1991</v>
       </c>
       <c r="C519" t="s">
-        <v>1978</v>
+        <v>2000</v>
       </c>
       <c r="D519" t="s">
-        <v>1979</v>
+        <v>2001</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1981</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1909</v>
+        <v>1990</v>
       </c>
       <c r="B520" t="s">
-        <v>1910</v>
+        <v>1991</v>
       </c>
       <c r="C520" t="s">
-        <v>1982</v>
+        <v>2004</v>
       </c>
       <c r="D520" t="s">
-        <v>1983</v>
+        <v>2005</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1985</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="B521" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="C521" t="s">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="D521" t="s">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1991</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="B522" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="C522" t="s">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="D522" t="s">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1995</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="B523" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="C523" t="s">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="D523" t="s">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1998</v>
+        <v>2018</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1999</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="B524" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="C524" t="s">
-        <v>2000</v>
+        <v>325</v>
       </c>
       <c r="D524" t="s">
-        <v>2001</v>
+        <v>326</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>2003</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="B525" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="C525" t="s">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="D525" t="s">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>2007</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="B526" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="C526" t="s">
-        <v>2008</v>
+        <v>2026</v>
       </c>
       <c r="D526" t="s">
-        <v>2009</v>
+        <v>2027</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>2010</v>
+        <v>2028</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>2011</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B527" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C527" t="s">
-        <v>2014</v>
+        <v>2030</v>
       </c>
       <c r="D527" t="s">
-        <v>2015</v>
+        <v>2031</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>2016</v>
+        <v>2032</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>2017</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B528" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C528" t="s">
-        <v>259</v>
+        <v>2034</v>
       </c>
       <c r="D528" t="s">
-        <v>260</v>
+        <v>2035</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>2018</v>
+        <v>2036</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>2019</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B529" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C529" t="s">
-        <v>2020</v>
+        <v>466</v>
       </c>
       <c r="D529" t="s">
-        <v>407</v>
+        <v>466</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>2021</v>
+        <v>2038</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>2022</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B530" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C530" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="D530" t="s">
-        <v>2024</v>
+        <v>2040</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2025</v>
+        <v>2041</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>2026</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B531" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C531" t="s">
-        <v>2027</v>
+        <v>2043</v>
       </c>
       <c r="D531" t="s">
-        <v>2028</v>
+        <v>2044</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>2029</v>
+        <v>2045</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>2030</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B532" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C532" t="s">
-        <v>2031</v>
+        <v>2047</v>
       </c>
       <c r="D532" t="s">
-        <v>2032</v>
+        <v>2048</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="B533" t="s">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="C533" t="s">
-        <v>2035</v>
+        <v>2051</v>
       </c>
       <c r="D533" t="s">
-        <v>2036</v>
+        <v>2052</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2037</v>
+        <v>2053</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>2038</v>
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6">
+      <c r="A534" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C534" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D534" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E534" s="2" t="s">
+        <v>2057</v>
+      </c>
+      <c r="F534" s="2" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C535" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D535" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E535" s="2" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F535" s="2" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B536" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C536" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D536" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E536" s="2" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F536" s="2" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B537" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D537" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E537" s="2" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F537" s="2" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B538" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D538" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E538" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F538" s="2" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B539" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D539" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E539" s="2" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F539" s="2" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B540" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D540" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E540" s="2" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F540" s="2" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6">
+      <c r="A541" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B541" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D541" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E541" s="2" t="s">
+        <v>2087</v>
+      </c>
+      <c r="F541" s="2" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6">
+      <c r="A542" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B542" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D542" t="s">
+        <v>2092</v>
+      </c>
+      <c r="E542" s="2" t="s">
+        <v>2093</v>
+      </c>
+      <c r="F542" s="2" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6">
+      <c r="A543" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B543" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C543" t="s">
+        <v>255</v>
+      </c>
+      <c r="D543" t="s">
+        <v>256</v>
+      </c>
+      <c r="E543" s="2" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F543" s="2" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6">
+      <c r="A544" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B544" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D544" t="s">
+        <v>406</v>
+      </c>
+      <c r="E544" s="2" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F544" s="2" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6">
+      <c r="A545" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B545" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D545" t="s">
+        <v>2101</v>
+      </c>
+      <c r="E545" s="2" t="s">
+        <v>2102</v>
+      </c>
+      <c r="F545" s="2" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6">
+      <c r="A546" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B546" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D546" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E546" s="2" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F546" s="2" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B547" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D547" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E547" s="2" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F547" s="2" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B548" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D548" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E548" s="2" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F548" s="2" t="s">
+        <v>2115</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">